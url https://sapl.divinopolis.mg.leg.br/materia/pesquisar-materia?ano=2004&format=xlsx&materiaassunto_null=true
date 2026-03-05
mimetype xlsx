--- v0 (2026-02-25)
+++ v1 (2026-03-05)
@@ -54,192 +54,192 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5322</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>PLCEM</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo Municipal</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/</t>
   </si>
   <si>
     <t>INCLUI PARÁGRAFO ÚNICO NO ART. 21 DA LEI COMPLEMENTAR Nº 09 DE 03 DE DEZEMBRO DE 1992, QUE DISPÕE SOBRE OS ESTATUTOS DOS SERVIDORES PÚBLICOS DO MUNÍCIPIO DE DIVINÓPOLIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3226/3226_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3226/3226_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS DISPOSITIVOS DA LEI COMPLEMENTAR Nº 007 DE 28/12/91, COM AS ALTERAÇÕES POSTERIORES DECORRENTES DAS LEIS COMPLEMENTARES NºS: 008 DE 24/08/1992; 015 DE 28/12/93, 016 DE 07/04/94; 019 DE 26/12/1994; 021 DE 10/01/95; 027 DE 21/12/95; 031, DE 12/09/96; 032 DE 31/10/96; 036 DE 30/06/97; 039 DE 28/08/97; E LEI COMPLEMENTAR N º 044 DE 15/12/97; 48 DE 26/08/1998; 050 DE 18/12/1998; 053 DE 09/03/1999; 080 DE 28/12/2001; 086 DE 17/12/2002; 087 DE 27/12/2002; 088 DE 23/12/2002; 091 DE 21/08/2003; 095 DE 23/12/2003, RESPECTIVAMENTE - CÓDIGO TRIBUTÁRIO E FISCAL DO MUNICÍPIO DE DIVINÓPOLIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3268/3268_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3268/3268_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO ALÍNEA "A" DO INCISO I DO ARTGIO 67 DA LEI COMPLEMENTAR Nº009 DE 03 DE DEZEMBRO DE 1992, QUE APROVA O ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE DIVINÓPOLIS, ALTERADA PELA LEI COMPLEMENTAR Nº085 DE 10 DE DEZEMBRO DE 2002.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 99 do Estatuto dos Servidores Públicos do Município de Divinópolis aprovado pela Lei Complementar nº 009, de 03 de dezembro de 1992 e posteriores alterações, e ao artigo 2º da Lei Complementar nº 051, de 22 de dezembro de 1998 e dá outras providências.</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3520/3520_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3520/3520_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ALIQUOTAS DO IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA - ISSQN.</t>
   </si>
   <si>
     <t>4401</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4401/4401_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4401/4401_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA ALÍQUOTAS DO IMPOSTO SOBRE O SERVIÇO DE QUALQUER NATUREZA - ISSQN. ALTERA OS DISPOSITIVOS DA LEI COMPLEMENTAR Nº007 DE 28/12/1991, COM AS ALETRAÇÕES POSTERIORES DECORRENTES DAS LEIS COMPLEMENTARES NºS: 008 DE 24/08/1992; 015 DE 28/12/93; 016 DE 07/04/94; 019 DE 26/12/1994; 021 DE 10/01/95; 027 DE 21/12/95; 031 DE 12/09/96; 032 DE 31/10/96; 036 DE 30/06/97; 039 DE 28/08/97; E LEI COMPLEMENTAR Nº 044 DE 15/12/97; 48 DE 26/08/1998; 050 DE 18/12/1988; 053 DE 09/03/1999; 080 DE 28/12/2001; 086 DE 17/12/2002; 087 DE 27/12/2002; 088 DE 23/12/2002; 091 DE 21/08/2003; 095 DE 23/12/2003 RESPECTIVAMENTE - CÓDIGO TRIBUTÁRIO E FISCAL DO MUNICÍPIO DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4733/4733_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4733/4733_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 066, DE 30 DE AGOSTO DE 2000, QUE DISPÕE SOBRE A PREVIDÊNCIA DOS SERVIDORES DO MUNICÍPIO DE DIVINÓPOLIS DIVIPREV E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5463</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5463/5463_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5463/5463_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI PARAGRAFO ÚNICO NO ART. 21 DA LEI COMPLEMENTAR Nº 09 DE 03 DE DEZEMBRO DE 1992, QUE DISPÕE SOBRE O ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICIPIO DE DIVINÓPOLIS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5405</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5405/5405_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5405/5405_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO I E O CAPUT DO ART. 2º DA LEI COMPLEMENTAR Nº 072, DE 15 DE MARÇO DE 2001, QUE DISPÕE SOBRE A CRIAÇÃO DE CONSELHO MUNICIPAL DOS DIREITOS DA MULHER DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6164</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6164/6164_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6164/6164_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CÓDIGO DE POSTURAS NO MUNICIPIO DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6013</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6013/6013_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6013/6013_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO DE OBRAS DO MUNICÍPIO DEE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5729</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5729/5729_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5729/5729_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA-SE O § 12, NO ARTIGO 43 DA LEI  COMPLEMENTAR 007, DE 28 DE DEZEMBRO DE 1991 E POSTERIORES MODIFICAÇÕES, DECORRENTES DAS LEIS COMPLEMENTARES NºS 008, DE24/08/1992: 015 DE 28/12/1992; 016 DE 07/04/1994; 019 DE 26/12/1994; 021 DE 10/01/1995; 027 DE 21/12/1995; 031 DE 12/09/1996; 032 DE 31/10/1996; 036 DE 30/06/1997; 039 DE 28/08/1997; 044 DE 15/12/1997; 048 DE 26/08/1998; 050 DE 18/12/1998; 053 DE 09/03/1999; 080 DE 28/12/2001; 086 DE 17/12/2002; 087 DE 27/12/2002; 088 DE 23/12/2002; 091 DE 21/08/2003 E 095 DE 23/12/2003; RESPECTIVAMENTE QUE DISPÕEM SOBRE O CÓDIGO TRIBUTÁRIO FISCAL DE MUNICÍPIO DE DIVINÓPOLIS E OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6151</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6151/6151_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6151/6151_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O INCISO VI E ALÍNEAS NO § 5º, DO ARTIGO 43 DA LEI  COMPLEMENTAR 007, DE 28 DE DEZEMBRO DE 1991 E POSTERIORES MODIFICAÇÕES, DECORRENTES DAS LEIS COMPLEMENTARES NºS 008, DE 24/08/1992, 015 DE 28/12/1992, 016 DE 07/04/94, 019 DE 26/12/1994, 021 DE 10/01/95, 27 DE 21/12/95, 031 DE 12/09/96, 032 DE 31/10/96, 036 DE 30/06/97, 039 DE 28/08/97, 044 DE 15/12/97, 048 DE 26/08/98, 50 DE 18/12/98, 053 DE 09/03/99, 080 DE 28/12/01, 086 DE 17/12/02, 087 DE 27/12/02, 088 DE 23/12/02, 091 DE 21/08/03, 095 DE 23/12/03. RESPECTIVAMENTE, QUE DISPÕEM SOBRE O CÓDIGO TRIBUTÁRIO FISCAL DE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
     <t>PLEM</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo Municipal</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 5025 DE 23 DE ABRIL DE 2001, QUE DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DO MUNICÍPIO DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR NA SECRETARIA MUNICIPAL DE SAÚDE O CRÉDITO ESPECIAL,NO MONTANTE DE R$900.000,00 (NOVECENTOS MIL REAIS).</t>
   </si>
@@ -554,51 +554,51 @@
   <si>
     <t>3343</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE CRITÉRIOS EXCEPCIONAIS PARA QUITAÇÃO DOS DÉBITOS DE NA TUREZA TRIBUTÁRIA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4221</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 1º DA LEI Nº 1.706, DE 22 DE JUNHO DE 1981, QUE DISPÕE SOBRE DOAÇÃO À MITRA DIOCESANA DE DIVINÓPOLIS, DE TERRENO DE PROPRIEDADE DO MUNICÍPIO, SITUADO NO BAIRRO DAS NAÇÕES.</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3319/3319_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3319/3319_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO MUNICÍPIO COM O INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES DO MUNICÍPIO DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR NA DIRETORIA DE COMUNICAÇÃO SOCIAL E SECRETARIA MUNICIPAL DE CULTURA, O CRÉDITO ADICIONAL SUPLEMENTAR NO MONTANTE DE R$44.987,00 (QUARENTA E QUATRO MIL NOVECENTOS E OITENTA E SETE REAIS).</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ALIENAÇÃO DE ÁREA LINDEIRA DE PROPRIEDADE DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3330</t>
   </si>
@@ -710,100 +710,100 @@
   <si>
     <t>3367</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DOAR IMÓVEL DE PROPRIEDADE DO MUNICÍPIO PARA A IGREJA DO EVANGELHO QUADRANGULAR, NO BAIRRO MANGABEIRAS.</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E DENOMINAÇÃO, COMO EXTENSÃO DA BIBLIOTECA PÚBLICA MUNICIPAL ATALIBA LAGO.</t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3432/3432_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3432/3432_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUIVO A ABRIR, NA SECRETARIA MUNICIPAL DE VIAÇÃO E OBRAS PÚBLICAS DIRETORIA DE OBRAS E SANEAMENTO, O CRÉDITO ESPECIAL NO MONTANTE DE R$ 10.000,00 (DEZ MIL REAIS).</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DENOMINAÇÃO DA UNIDADE DE TEATRO, PERTENCENTE AO ESPAÇO CULTURAL DR. GRAVATÁ E DÁ OUTRAS PROVIDÊNCIAS.TEATRO MUNICIPAL ARMANDO NOGUEIRA SOARES. CONJUNTO ARQUITETÔNICO DO MUNICÍPIO, SITUADO NA ALAMEDA DR.WALDEMAR RAUSCH, S/Nº,NO BAIRRO SANTA CLARA._x000D_
 </t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DOAR IMÓVEL DE PROPRIEDADE DO MUNICIPIO. PARA A MITRA DIOCESANA DE DIVINÓPOLIS, SITUADO NA RUA FRANCISCO TEODORO DA SILVA, NO II PROLONGAMENTO DO BAIRRO ALVORADA E BAIRRO ALVORADA. A DOAÇÃO DESTINA-SE EXCLUSIVAMENTE, Á CONSTRUÇÃO E AMPLIAÇÃO DA CAPELA DE NOSSA SENHORA DO SAGRADO CORAÇÃO.</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E DENOMINAÇÃO DE UNIDADE DE EDUCAÇÃO INFANTIL, NA REDE MUNDIAL DE ENSINO,NO BAIRRO CAMPINA VERDE. CENTRO MUNICIPAL DED EDUCAÇÃO INFANTIL DOM CHRISTIANO FREDERICO PORTELA DE ARAUJO PENA" - IMOVEL SITUADO NA RUA ALICE FARIA 1371, NO BAIRRO CAMPINA VERDE.</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>CRIA O NÚCLEO URBANO DA COMUNIDADE DE BURITIS.</t>
   </si>
   <si>
     <t>4892</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4892/4892_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4892/4892_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO INCISO IV DO ART. 31, DA LEI MUNICIPAL Nº 3.230, DE 09 DE SETEMBRO DE 1992, ALTERADA PELA LEI Nº 4.528, DE 06 DE MAIO DE 1999, QUE CONSOLIDA A LEGISLAÇÃO SOBRE TRANSPORTE DE PASSAGEIROS.</t>
   </si>
   <si>
     <t>4079</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICIPIO DE DIVINÓPOLIS PARA O EXERCICIO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR NA DIRETORIA DE COMUNICAÇÃO SOCIAL, O CRÉDITO ADICIONAL SUPLEMENTAR NO MONTANTE DE R$150.000,00 (CENTO E CINQUENTA MIL REAIS).</t>
   </si>
   <si>
     <t>3365</t>
   </si>
@@ -906,51 +906,51 @@
   <si>
     <t>3384</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR NO FUNDO MUNICIPAL DE TRANSPORTE E FUNDO MUNICIPAL DE SAUDE, O CRÉDITO ADICIONAL SUPLEMENTAR NO MONTANTE DE R$ 621.000,00 (SEISCENTOS E VINTE E UM MIL REAIS).</t>
   </si>
   <si>
     <t>3381</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR, NO GABINETE DO PREFEITO, O CRÉDITO ESPECIAL NO MONTANTE DE R$ 10.000,00 (DEZ MIL REAIS), PARA REPASSE A SAMARITANA SOCIEDADE DE ASSISTÊNCIA AOS POBRES.</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3382/3382_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3382/3382_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DOAR IMÓVEL DE PROPRIEDADE DO MUNICIPIO, PARA ASSOCIAÇÃO DE MORADORES DO BAIRRO DANILO PASSOS I.</t>
   </si>
   <si>
     <t>3386</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR NO GABINETE DO PREFEITO, O CRÉDITO ADICIONAL SUPLEMENTAR NO MONTANTE DE R$ 5.000,00 (CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>CRIA O NÚCLEO URBANO DA COMUNIDADE DE CHORO.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
@@ -990,75 +990,75 @@
   <si>
     <t>3414</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 1º, DA LEI NUMERO 766, DE 11 DE JULHO DE 1967, QUE AUTORIZA O PODER EXECUTIVO A FAZER DOAÇÕES AO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO E ACRESCENTA OS PARÁGRAFOS 4º E 5º AO ARTIGO 1º DA LEI Nº 5.906, DE 07 DE MAIO DE 2004, QUE DISPÕE SOBRE CRITÉRIOS EXCEPCIONAIS PARA QUITAÇÃO DOS DÉBITOS DE NATUREZA TRIBUTÁRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3437/3437_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3437/3437_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR NA SECRETARIA MUNICIPAL DE VIAÇÃO E OBRAS PÚBLICAS/DIRETORIA DE OBRAS E SANEAMENTO E SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS, O CRÉDITO ADICIONAL SUPLEMENTAR NO MONTANTE DE R$ 316.500,00 (TREZENTOS E DEZESSEIS MIL E QUINHENTOS REAIS).</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3436/3436_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3436/3436_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR NA DIRETORIA DE COMUNICAÇÃO, SECRETARIA MUNICIPAL DE EDUCAÇÃO E SECRETARIA MUNICIPAL DE AGRICULTURA/ DIRETORIA DE EXTENSÃO RURAL, O CRÉDITO ADICIONAL SUPLEMENTAR NO MONTANTE DE R$ 1.257.975,00 (HUM MILHÃO, DUZENTOS E CINQUENTA E SETENTA E CINCO REAIS).</t>
   </si>
   <si>
     <t>4559</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4559/4559_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4559/4559_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A RETENÇÃO MENSAL DOS VALORES DEVIDOS AO DIVIPREV - INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES MUNICIPAIS, NA QUOTA DO FUNDO DE PARTICIPAÇÃO DO MUNICÍPIO - FPM E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DOAR IMÓVEL DE PROPRIEDADE DO MUNICIPIO, PARA A IGREJA EVANGÉLICA DE DEUS, NO BAIRRO MARIA HELENA.</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART.2º, DA LEI Nº 4.841, DE 23 DE AGOSTO DE 2000, QUE AUTORIZA O PODER EXECUTIVO A DAR EM PAGAMENTO A RENI ANTONIO RODRIGUES E SUA ESPOSA, NA FORMA E CONDIÇÕES QUE ESTABELECE. </t>
   </si>
   <si>
     <t>3446</t>
   </si>
@@ -1179,51 +1179,51 @@
   <si>
     <t>4087</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 5.646, DE 24 DE JUNHO DE 2003, QUE AUTORIZA O PODER EXECUTIVO A ALIENAR SOB FORMA DE DOAÇÃO ONEROSA, IMOVEL DE PRORPIEDADE DO MUNICIPIO, À EMPRESA FURAJE INDUSTRIA E COMERCIO LTDA.</t>
   </si>
   <si>
     <t>4088</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 5.657, DE 01 DE JULHO DE 2003, QUE AUTORIZA O PODER EXECUTIVO A ALIENAR SOB FORMA DE DOAÇÃO ONEROSA, IMOVEL DE PROPRIEDADE DO MUNICIPIO, À EMPRESA DISTRIBUIDORA DE EMBALAGENS MKM LTDA.</t>
   </si>
   <si>
     <t>4089</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4089/4089_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4089/4089_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 5.649, DE 24 DE JUNHO DE 2003, QUE AUTORIZA O PODER EXECUTIVO A ALIENAR SOB FORMA DE DOAÇÃO ONEROSA, IMOVEL DE PRORPIEDADE DO MUNICIPIO, À ALUMINIO OESTE LTDA.</t>
   </si>
   <si>
     <t>4090</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVERSÃO DO IMOVEL DOADO A CONSTRUTORA OLIVEIRA SOUKI LTDA, SITUADAS NO LOTEAMENTOS DENOMINADO SITIOS DE RECREIO VOVO DÓRICA.</t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PERMUTAR IMOVEL DE PROPRIEDADE DO MUNICIPIO COM O DE PROPRIEDADE DE JADIR JUCELI SOUZA.</t>
   </si>
   <si>
     <t>6177</t>
   </si>
@@ -1895,51 +1895,51 @@
   <si>
     <t>5130</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR NA SECRETARIA MUNICIPAL DE VIAÇÃO E OBRAS PÚBLICAS, DIRETORIA DE OBRAS E SANEAMENTO, O CRÉDITO ADICIONAL SUPLEMENTAR NO MONTANTE DE R$ 450.000,00 (QUATROCENTOS E CINQUENTA MIL REAIS).</t>
   </si>
   <si>
     <t>5933</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>AUTORIZA CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS FINANCEIROS E CONTRIBUIÇÕES E CONTÉM OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5190</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5190/5190_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5190/5190_texto_integral.pdf</t>
   </si>
   <si>
     <t>ORÇA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 2005.</t>
   </si>
   <si>
     <t>5939</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR NA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E RECURSOS, O CRÉDITO ADICIONAL SUPLEMENTAR NO MONTANTE DE R$- 104.000,00 (CENTO E QUATRO MIL REAIS)</t>
   </si>
   <si>
     <t>6003</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR NO FUNDO MUNICIPAL DE TRANSPORTE , O CRÉDITO ADICIONAL SUPLEMENTAR NO MONTANTE DE R$- 150.000,00 (CENTO E CINQUENTA MIL REAIS)</t>
   </si>
   <si>
     <t>5591</t>
   </si>
@@ -2132,51 +2132,51 @@
   <si>
     <t>5638</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AS ALÍNEAS QUE MENCIONA, DO INCISO IVDO ART.31, DA LEI MUNICIPAL Nº 3.230, DE 09 DE SETEMBRO DE 1992,ALTERADA PELA LEI Nº 4.528, DE 06 DE MAIO DE 1999, QUE CONSOLIDA A LEGISLAÇÃO SOBRE TRANSPORTE COLETIVO DE PASSAGEIROS.</t>
   </si>
   <si>
     <t>5730</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PERMUTAR IMÓVEIS DE PROPRIEDADE DO MUNÍCIPIO, COM OS DE PROPRIEDADE DE JOSÉ GERALDO DE MORAIS.</t>
   </si>
   <si>
     <t>6168</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6168/6168_texto_integral.doc</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6168/6168_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O USO E A OCUPAÇÃO DO SOLO NO MUNICIPIO DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5946</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PERMUTAR IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, COM OS DE PROPRIEDADE DE VICENTE DONIZETE BORGES.</t>
   </si>
   <si>
     <t>6011</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>REVOGA O ARTIGO 3º DA LEI 5.949, DE 23 DE JUNHO DE 2004.</t>
   </si>
   <si>
     <t>5883</t>
   </si>
@@ -2324,51 +2324,51 @@
   <si>
     <t>6076</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 3º DA LEI Nº 5.949, DE 23 DE JUNHO DE 2004, QUE ALTERA A LEI Nº 5.637, DE 10 DE JUNHO DE 2003, QUE AUTORIZA O PODER EXECUTIVO A ADQUIRIR IMÓVEL QUE MENCIONA, SOB A FORMA DE CESSÃO ANTECIPADA DE ÁREA INSTITUCIONAL, E REPASSA-LO, SOB FORMA DE DOAÇÃO SIMPLES, AO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>6056</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR, NO GABINETE DO PREFEITO, CONTROLADORIA, DIRETORIA DE COMUNICAÇÃO SOCIAL, DIRETORIA DE PLANEJAMENTO, DIRETORIA DE CADASTRO E FISCALIZAÇÃO, SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E RECURSOS, DIRETORIA DE ADMINISTRAÇÃO DE PESSOAL, SECRETARIA MUNICIPAL DE EDUCAÇÃO, SECRETARIA MUNICIPAL DE SAÚDE, FUNDO MUNICIPAL DE SAÚDE, SECRETARIA MUNICIPAL DE PROMOÇÃO HUMANA, FUNDO MUNICIPAL DA CRIANÇA E ADOLESCÊNCIA E SECRETARIA MUNICIPAL DO MEIO AMBIENTE, O CRÉDITO ADICIONAL SUPLEMENTAR  NO MONTANTE DE R$ 4.124.058,80 (QUATRO MILHÕES, CENTO E VINTE E QUATRO MIL, CINQUENTA E OITO REAIS E OITENTA CENTAVOS).</t>
   </si>
   <si>
     <t>6071</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6071/6071_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6071/6071_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A RECEBER, COMO FORMA DE PAGAMENTO DE IPTU, NOS TERMOS DA LEI COMPLEMENTAR Nº 07/91 E DECRETO Nº 3003/99, IMÓVEIS DE PROPRIEDADE DE OLIVIO ANTÔNIO MENDONÇA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6072</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR NA SECRETARIA MUNICIPAL DE VIAÇÃO E OBRAS PÚBLICAS/ DIRETORIA DE OBRAS E SANEAMENTO, O CRÉDITO ADICIONAL SUPLEMENTAR NO MONTANTE DE R$ 14.000,00 (QUATORZE MIL REAIS). </t>
   </si>
   <si>
     <t>6073</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO Á PERMUTAR IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, COM OS DE PROPRIEDADE DE ALINE GRACIELE DE MORAIS.</t>
   </si>
   <si>
     <t>6104</t>
   </si>
@@ -2414,756 +2414,756 @@
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR NO GABINETE DO PREFEITO, DIRETORIA DE COMUNICAÇÃO SOCIAL, SECRETARIA MUNICIPAL DE FAZENDA, SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E RECURSOS, DIRETORIA DE ADMINISTRAÇÃO DE PESSOAL, O CRÉDITO ADICIONAL SUPLEMENTAR, NO MONTANTE DE R$ 2.215.000,00 (DOIS MILHÕES, DUZENTOS E QUINZE MIL REAIS).</t>
   </si>
   <si>
     <t>6108</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR, NA SECRETARIA MUNICIPAL DE VIAÇÃO E OBRAS PÚBLICAS, DIRETORIA DE OBRAS E SANEAMENTO,O CRÉDITO ADICIONAL SUPLEMENTAR NO MONTANTE DE4 R$- 30.000,00 (TRINTA MIL REAIS).</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
     <t>PLCM</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo Municipal</t>
   </si>
   <si>
     <t>Manoel Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3224/3224_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3224/3224_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI MUNICIPAL Nº4.350, DE 29 DE MAIO DE 1998, QUE DISPÕE SOBRE TRANSPORTE DE ESCOLARES NO MUNICÍPIO DE DIVINÓPOLIS. </t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3250/3250_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3250/3250_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI PROGRAMA ESPECÍFICO DE PREVENÇÃO CONTRA AIDS NAS  ESCOLAS DA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3251/3251_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3251/3251_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONCURSO ANUAL DE REDAÇÃO NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
     <t>Vladimir Azevedo</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3252/3252_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3252/3252_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO AGENTE DE SAÚDE NO MUNICÍPIO DE DIVINÓPOLIS/MG E CONTÉM DEMAIS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3253/3253_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3253/3253_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 5230 DE 10 DE DEZEMBRO DE 2001, QUE DISPÕE SOBRE A INSTALAÇÃO, CONSERVAÇÃO, REFORMA, MODERNIZAÇÃO, FUNCIONAMENTO E FISCALIZAÇÃO DE ELEVADORES E OUTROS APARELHOS DE TRANSPORTE.</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
     <t>Sebastião Cândido Gomes - Tão</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3258/3258_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3258/3258_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA ARISTÓTELES DA SILVA, A RUA DOIS, LOCALIZADA NO BAIRRO FLORESTA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
     <t>Carlos Antônio Cônsoli - in memorian</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3259/3259_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3259/3259_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RINALDO PASSOS A RUA F, NO BAIRRO PARQUE JARDIM CAPITÃO SILVA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3260/3260_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3260/3260_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DOM CRISTIANO PORTELA A RUA SEIS NO BAIRRO FLORESTA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3261/3261_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3261/3261_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA - RUA HAMILTON GRIGÓRIO DE SOUZA - RUA CINCO - BAIRRO FLORESTA</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3289/3289_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3289/3289_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA GUILHERME NOGUEIRA AVELAR A AVENIDA SETE NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
     <t>Eliana Ferreira da Glória e Silva - Eliana Piola</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3270/3270_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3270/3270_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA MAURO LINO DE ARAÚJO, A RUA DEZESSETE, NO BAIRRO SANTA MARTHA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3262/3262_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3262/3262_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DONA AMÉLIA ISOLANI CÂNDIDO A RUA VINTE E TRÊS, NO SANTA MARTHA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3263/3263_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3263/3263_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA OITO DE MARÇO A RUA DEZESSEIS ENTRE AS RUAS DEZESSETE E VINTE E DOIS, NO BAIRRO SANTA MARTHA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>Edmar Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3249/3249_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3249/3249_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESCARACTERIZAÇÃO E NOVO ZONEAMENTO DOS LOTES 18 E 19, QUADRA 17, NA RUA VEREADOR LOURIVAL ARAÚJO, NO BAIRRO DANILO PASSOS I.</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3248/3248_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3248/3248_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA "CORÁLIA DE CASTRO VALINHAS" A RUA VINTE E UM NO BAIRRO SANTA MARTHA. </t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3247/3247_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3247/3247_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "ANTÔNIO MARTINS CAMPOS" A RUA VINTE E DOIS, NO BAIRRO SANTA MARTHA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3310/3310_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3310/3310_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A CASA E ESPERANÇA E VIDA DE NOSSA SENHORA DE FÁTIMA COM SEDE E FORO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3271/3271_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3271/3271_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "CÉLIA REGINA LAMOUNIER" A RUA DEZOITO, NO BAIRRO SANTA MARTHA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3272/3272_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3272/3272_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "MÍRIAM MESQUITA LARA, A RUA DEZENOVE, NO BAIRRO SNATA MARTHA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3284</t>
   </si>
   <si>
     <t>José Raimundo de Souza - Zé da Vó</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3284/3284_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3284/3284_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ATIVIDADE DE EMPRESAS DE LOCAÇÃO DE MÁQUINAS E JOGOS DE COMPUTADOR, TAMBÉM CONHECIDOS COMO CYBER-CAFÉS OU LAN- HOUSES NA CIDADE DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>Marcos Vinícius Alves da Silva</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3508/3508_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3508/3508_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A IGREJA EVANGÉLICA ASSEMBLÉIA DE DEUS DO BRASIL, COM SEDE E FORO NESTE MUNCÍPIO.</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3314/3314_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3314/3314_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACESSO ÀS INFORMAÇÕES RELATIVAS ÀS RECEITAS DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DO ENSINO FUNDAMENTAL E DE VALORIZAÇÃO DO MAGISTÉRIO - FUNDEF  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
     <t>Edsom Sousa</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3342/3342_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3342/3342_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO FERROVIÁRIO NO MUNICÍPIO DE DIVINÓPOLIS-MG, A SER COMEMORADO NO DIA 1º DE JUNHO.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3292/3292_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3292/3292_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA GERALDO AMÂNCIO CORRÊA A RUA SEIS DO BAIRRO ELDORADO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3302/3302_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3302/3302_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA ENGENHEIRO RICARDO RACHID GONTIJO A RUA D BAIRRO CHÁCARAS BEIRA RIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3290/3290_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3290/3290_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE  UTILIDADE PÚBLICA A ASSOCIAÇÃO CASA DA VERDADE COM SEDE E FORO NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
     <t>Antônio Geraldo da Silva - in memorian</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3275/3275_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3275/3275_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA "ORCELINO DUARTE PIRES" A RUA "QUATRO", NO BAIRRO FLORESTA, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>3276</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3276/3276_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3276/3276_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "ANTÔNIO CASSIANO DE ALCÂNTARA" A RUA "TRÊS", NO BAIRRO FLORESTA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>Maria das Dores Manoel - Dorzinha</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3303/3303_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3303/3303_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA JADIR GUILHERMINO A RUA Q NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3313/3313_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3313/3313_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO FAMÍLIA, SANTUÁRIO DE VIDA, COM SEDE E FORO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3286/3286_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3286/3286_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO REGIONAL DE PROTEÇÃO AMBIENTAL, COM SEDE E FORO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3298/3298_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3298/3298_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A "ASSOCIAÇÃO DE PROMOÇÃO À CIDADANIA DO BAIRRO SANTA LÚCIA PÃO DA ALMA, COM SEDE E FORO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>Antônio Davi Filho - Pateta</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3317/3317_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3317/3317_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 5.469, DE 03 DE OUTUBRO DE 2002, QUE DISPÕE SOBRE A OBRIGATORIEDADE DO PLANTIO DE MUDAS POR ÁRVORE EXTRAÍDA NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3344/3344_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3344/3344_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA GERSON ANTÔNIO SOUSA A RUA S, NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS.</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
     <t>Paduano</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3345/3345_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3345/3345_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA VANDER LÚCIO SOUZA A RUA "R", NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3346/3346_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3346/3346_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA ALEANDRO PINTO SILVA A RUA P, NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS.</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3347/3347_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3347/3347_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA PALMARES A RUA PEDESTRE "B", NO TRECHO COMPREENDIDO ENTRE AS RUAS MIOSÓTIS E MADRESSILVA, NO BAIRRO RESIDENCIAL QUINTA DAS PALMEIRAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3340/3340_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3340/3340_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O NÚCLEO DE ASSISTÊNCIA ÀS TOXICOMANIAS COM SEDE E FORO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3320/3320_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3320/3320_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA O PARÁGRAFO ÚNICO DO ART. 5º E O PARÁGRAFO ÚNICO DO ART. 6º DA LEI 5655, DE 07 DE AGOSTO DE 2003 QUE REGULAMENTA A INSTALAÇÃO DE ANTENAS DE TELECOMUNICAÇÕES NO MUNICÍPIO DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3321/3321_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3321/3321_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO ÀS ALÍNEAS DO INCISO IV, DO ART. 31, DA LEI MUNICIPAL Nº3.230, DE 09 DE SETEMBRO DE 1992.</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3322/3322_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3322/3322_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA RUA "JOÃO QUIRINO GOMES, A RUA "X", NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS. </t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3325/3325_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3325/3325_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE SERVIÇO DE ATENDIMENTO E FORNECIMENTO GRATUITO DE PRÓTESE DENTÁRIA NO MUNICÍPIO DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3326/3326_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3326/3326_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPOE SOBRE A CRIAÇÃO DE SERVIÇO DE ATENDIMENTO DE FONAUDIOLOGIA PARA OS PROFESSORES DA REDE PÚBLICA MUNICIPAL DE ENSINO DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3338/3338_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3338/3338_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI AS RUAS DE LAZER, NO MUNICÍPIO DE DIVINÓPOLIS - MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3348/3348_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3348/3348_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A IGREJA EVANGÉLICA DE DEUS, COM SEDE E FORO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3349/3349_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3349/3349_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DIDI BARBEIRO A AVENIDA TRÊS, NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3360/3360_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3360/3360_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA ROSA DA COSTA RODRIGUES A RUA "T", NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS.</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
     <t>Uvalnílcio de Souza Rocha - Vanilson Rocha</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3361/3361_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3361/3361_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O FERROVIÁRIO ATLÉTICO CLUBE, COM SEDE E FORO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3351/3351_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3351/3351_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROJETO PLANTAR SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3355/3355_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3355/3355_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA NACIONAL DO HINO NACIONAL BRASILEIRO NO MUNICÍPIO DE DIVINÓPOLIS E CONTÉM DEMAIS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3354/3354_texto_integral.doc</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3354/3354_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O PROJETO CRIANÇA, ÁRVORE E VIDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3353/3353_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3353/3353_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROJETO CIDADE VERDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
     <t>INSTITUI O PRÊMIO ECOLOGIA E AMBIENTALISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO ECOLÓGICA MIRIM NO MUNICÍPIO DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS ESTÁGIOS DE ESTUDANTES DE ESTABELECIMENTOS DE ENSINO SUPERIOR E DE ENSINO PROFISSIONALIZANTE DO 2º GRAU E SUPLETIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE GRÊMIOS ESTUDANTIS NA REDE PÚBLICA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3412</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA IDENTIFICAÇÃO DE PRODUTOS TRANSGÊNICOS NOS ESTABELECIMENTOS COMERCIAIS DO MUNICÍPIO DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
     <t>Edsom Sousa, Antônio Geraldo da Silva - in memorian</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DA POESIA E DÁ OUTRAS PROVIDÊNCIAS. (DIA 08 DE JUNHO)</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3378/3378_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3378/3378_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "IVO DE PAULA" A RUA "U', NO BAIRRO RESIDENCIAL LAGOA OS MANDARINS, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3454/3454_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3454/3454_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE INTERRUPÇÃO DO HORÁRIO NORMAL DE AULAS NAS ESCOLAS PÚBLICAS MUNICIPAIS, PARA A VENDA DE PRODUTOS, SERVIÇOS OU EVENTOS DE INSTITUTO COMERCIAL OU ECONÔMICO.</t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3481/3481_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3481/3481_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA 'OSVALDO FRANCISCO FERNANDES", A "RUA VINTE SETE DE AGOSTO NO PROLONGAMENTO I" NO BAIRRO NOVA FORTALEZA, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>3380</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3380/3380_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3380/3380_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A "ASSOCIAÇÃO DE MORADORES DOS BAIRROS MANOEL VALINHAS I, VILA RICA, DO CARMO, UNIVERSITÁRIO E CONJUNTO HABITACIONAL CLEMENTINA"</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3371/3371_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3371/3371_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA "GERALDO BRÁS DA SILVA" A RUA "V" NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3370/3370_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3370/3370_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "RUA CASSIANO EUSTÁQUIO DE OLIVEIRA" A "RUA N", NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS,NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4558</t>
   </si>
   <si>
     <t>José Milton de Oliveira - Zé Milton - in memorian</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4558/4558_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4558/4558_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À LEI Nº 5.666, DE 30 DE JULHO DE 2003, QUE DISPÕE SOBRE DESCARATERIZAÇÃO E NOVO ZONEAMENTO DOS LOTES DA QUADRA 231, ZONA 40, RUA 11 (ONZE), DO BAIRRO MARAJÓ II.</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3447/3447_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3447/3447_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO NOVO CIDADÃO EM CRISTO.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3452/3452_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3452/3452_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "DURVAL VASCONCELOS" A AVENIDA " 6 (SEIS)", NO BAIRRO RESIDENCIAL LAGOA DOS MANDARES, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3449/3449_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3449/3449_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "PROFESSOR SALVIANO AVELAR" A RUA "9 (NOVE)", NO BAIRRO SAVASSI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3482/3482_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3482/3482_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "ZÉ PADEIRO", A RUA "15' (QUINZE), NO BAIRRO SANTA MARTHA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
     <t>Todos os Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3450/3450_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3450/3450_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ART. 167 Nº 1.077, DE 29 DE DEZEMBRO DE 1973, QUE ESTABELECE O CÓDIGO DE POSTURAS DO MUNICIPIO  DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3483</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3483/3483_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3483/3483_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "RUA RODRIGO DUARTE SILVA" A "RUA M", NO BAIRRO RESIDENCIAL LAGOA DOS MANDARIN, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>3484</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3484/3484_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3484/3484_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "HELENIR SILVA CARDOSO", A RUA 15 NO BAIRRO GRAJAU, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3451/3451_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3451/3451_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESCARACTERIZAÇÃO E NOVO ZONEAMENTO DE LOTES DA QUADRA 231, ZONA 40, RUA 11 (ONZE), DO BAIRRO MARAJÓ II.</t>
   </si>
   <si>
     <t>3485</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3485/3485_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3485/3485_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "RUA MANOEL VALADARES SILVA" A "RUA UM", NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3486/3486_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3486/3486_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "AVENIDA MARIA TEREZINHA MOTA" A 'AVENIDA DOIS", NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3487/3487_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3487/3487_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PROGRAMA DE INCENTIVO A CRIAÇÃO E ORGANIZAÇÃO DE GRÊMIOS ESTUDANTIS.</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
     <t>DENOMINA "HÉLIO LOPES RIBEIRO' O PARQUE ECOLOGICO NO CAMPUS DA SOCIEDADE EDUCACIONAL E CULTURAL DE DIVINÓPOLIS, NO BAIRRO DO CARMO, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
     <t>"INSTITUI O DIA DO DESBRAVADOR ADVENTISTA NO MUNICÍPIO DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
     <t>DENOMINA "DR. HÉLIO LOPES RIBEIRO" A RUA "H", NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>3502</t>
   </si>
@@ -3282,96 +3282,96 @@
   <si>
     <t>DENOMINA "RUA CARMEN GONTIJO FONSECA" A "RUA PEDESTRE 3", NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS. NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>4373</t>
   </si>
   <si>
     <t>DENOMINA "RUA CELINA RODRIGUES PADILHA" "RUA PEDESTRE 15", NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>4374</t>
   </si>
   <si>
     <t>DENOMINA "RUA JOSÉ AUGUSTO GONTIJO" "RUA A", NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4376</t>
   </si>
   <si>
     <t>DENOMINA "RUA JOSÉ MOREIRA DA SILVA" A "RUA NOVE, NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS.</t>
   </si>
   <si>
     <t>4375</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4375/4375_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4375/4375_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "RUA JOSÉ ALBANO" "RUA PEDESTRE 2", NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4560</t>
   </si>
   <si>
     <t>DENOMINA "HÉLIO EUSTÁQUIO DO NASCIMENTO" RUA "PEDESTRE SEIS", NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4557</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESCARACTERIZAÇÃO E NOVO ZONEAMENTO DA QUADRA 60, SITUADA NA RUA DIVINO NUNES DE FARIA, ENTRE AS RUAS NAÇÕES, CENTRALINA E PITANGUI, NO BAIRRO BOM PASTOR.</t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO EVANGÉLICA QUADRANGULAR DE DIVINÓPOLIS, COM SEDE E FORO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4854</t>
   </si>
   <si>
     <t>DENOMINA "RUA ANTÔNIO ALVES DE ALMEIDA "RUA PEDESTRE 7", NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4858</t>
   </si>
   <si>
     <t>DENOMINA "FRANCISCO SALES MARQUES" A RUA "SACRAMENTO", NO BAIRRO JARDIM BELVEDERE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5032</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O CORAL "CHORUS EXSULTATE VOCES", COM SEDE E FORO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5226</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5226/5226_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5226/5226_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 2.853, DE 28 DE FEVEREIRO DE 1991, QUE RECONHECE COMO DE UTILIDADE PÚBLICA, PARA O MUNICÍPIO DE DIVINÓPOLIS, A ASSOCIAÇÃO COMUNITÁRIA NOVA VIDA, COM SEDE E FORO NO MUNICÍPIO DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>5983</t>
   </si>
   <si>
     <t>ALTERA O § 2º DO ART. 4º DA LEI Nº 4.849/2000. QUE DISPÕE SOBRE A CONSTRUÇÃO E O FUNCIONAMENTO DE POSTOS DE ABASTECIMENTO DE COMBUSTIVEIS E LUBRIFICANTES NO MUNÍCIPIO DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5406</t>
   </si>
   <si>
     <t>DENOMINA "MARIA LAURA DA FONSECA" A RUA MARIANA, SITUADA NO BAIRRO SÃO BENTO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5272</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.979, DE 18 DE JUNHO DE 1984, QUE DECLARA DE UTILIDADE PÚBLICA, PARA O MUNICÍPIO DE DIVINÓPOLIS, "PRONAOS DIVINÓPOLIS AMORC", COM SEDE E FORO NO MUNICÍPIO DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>5464</t>
   </si>
@@ -3399,51 +3399,51 @@
   <si>
     <t>6165</t>
   </si>
   <si>
     <t>DEFINE PARA FINS DE ZONEAMENTO DE USO E OCUPAÇÃO DO SOLO, DE CONFORMIDADE COM A LEI MUNICIPAL Nº 2.418, A ÁREA QUE MENCIONA SITUADA NO BAIRRO PONTE FUNDA.</t>
   </si>
   <si>
     <t>5770</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 5655 DE 07 DE AGOSTO DE 2003. QUE REGULAMENTA A INSTALAÇÃO DE ANTENAS DE TELECOMUNICAÇÕES NO MUNICIPIO DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5984</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 5.655 DE 07 DE AGOSTO DE 2003, QUE REGULAMENTA A INSTALAÇÃO DE ANTENAS E TELECOMUNICAÇÕES NO MUNICIPIO DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5952</t>
   </si>
   <si>
     <t>Edmar Rodrigues, José Francisco Martins - Chiquinho</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5952/5952_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5952/5952_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O § DO ART. 4º E ACRESCENTA § 3º, NA LEI Nº 4.849, DE 30 DE AGOSTO DE 2000, QUE DISPÕE SOBRE A CONSTRUÇÃO E FUNCIONAMENTO DE POSTO DE ABASTECIMENTO DE COMBUSTIVEIS E LUBRIFICANTES NO MUNICIPIO DE DIVINÓPOLIS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5947</t>
   </si>
   <si>
     <t>DENOMINA "JOSÉ MARIA DOS SANTOS" A RUA 'CAMPESTRE", NA SEDE DO DISTRITO DE SANTO ANTÔNIO DOS CAMPOS", NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6166</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONTROLE DE LAVAGEM DE VEICULOS PELOS POSTOS DE ABASTECIMENTOS DE COMBUSTIVEIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6079</t>
   </si>
   <si>
     <t>DENOMINA "ROBERTO SILVA AMORIM" A RUA "ONZE", NO BAIRRO SÃO CAETANO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6074</t>
   </si>
@@ -3468,103 +3468,103 @@
   <si>
     <t>DENOMINA RUA NORVINA TORRES DÂMASO A AVENIDA HUM, NO PROLONGAMENTO DO BAIRRO WALCHIR RESENDE COSTA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS PARA O PERÍODO DE 2005 A 2008 E DÁ OUTRAS  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6109</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR, NA SECRETARIA MUNICIPAL DE VIAÇÃO E OBRAS PÚBLICAS/ DIRETORIA DE OBRAS E SANEAMENTO, O CRÉDITO ADICIONAL SUPLEMENTAR NO MONTANTE DE R$ 30.000,00 (TRINTA MIL REAIS).</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3256/3256_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3256/3256_texto_integral.pdf</t>
   </si>
   <si>
     <t>HOMOLOGA OS NOMES A SEREM AGRACIADOS COM O DIPLOMA "MULHER CIDADÃ"._x000D_
 MARIA HEREDES SILVA BARROS, MARLI RODRIGUES, MARIA AMÉLIA FONSECA DA SILVA, GUILHERMINA MARIA DE JESUS, MARIA JOSÉ DOS SANTOS GUIMARÃES, ROZILENE BÁRBARA TAVARES, VALDETE FONSECA AMARAL, STELA MARIS RACHID MORAES, LUZIA MARIA DA FONSECA E VIVIAN, FÁTIMA MARIA GOMES DE OLIVEIRA, CONCEIÇÃO MIRANDA, SELMA REGINA NUNES CORDEIRO, ODAIZA ALVES GOMES BUENO, ANA MARIA DE ABREU, CAROLINA VALINHAS MANATA, ADIR MARIA DA SILVA GONÇALVES, MARIA EXPEDITA JÚLIA DE SOUSA, MARIA DA CONCEIÇÃO CLEMENTINA MOREIRA, CELDA MÁRCIA TEIXEIRA.</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3264/3264_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3264/3264_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO DE DIVINÓPOLIS, AO SR. HUDSON CARVALHO BIANCHINI.</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
     <t>Adair Otaviano</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3265/3265_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3265/3265_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO DE DIVINÓPOLIS, AO SR. PEDRO ALVES FILHO.</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3266/3266_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3266/3266_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO DE DIVINÓPOLIS, AO PADRE EVARISTO JOSÉ  VICENTE.</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>José Francisco Martins - Chiquinho</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3373/3373_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3373/3373_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO DE DIVINÓPOLIS AO SR. SEBASTIÃO GUIMARÃES DE ASSIS.</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3372/3372_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3372/3372_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">HOMOLOGA  OS NOMES A SEREM AGRACIADOS COM A COMENDA MEDALHA CANDIDÉS/2004._x000D_
 01 - VEREADOR ADAIR OTAVIANO DE OLIVEIRA_x000D_
         AGRACIADO: JESUS DA SILVA OLIVEIRA_x000D_
 _x000D_
 02 - VEREADOR ANTÔNIO DE LISBOA PADUANO PEREIRA_x000D_
         AGRACIADO: TRANSPORTES COLETIVOS E TURÍSTICOS LTDA - TRANSPRATUR_x000D_
 _x000D_
 03 - VEREADOR ANTÔNIO DAVI FILHO_x000D_
         AGRACIADO: GERALDO JOSÉ RODRIGUES_x000D_
 _x000D_
 04 - VEREADOR ANTÔNIO GERALDO DA SILVA_x000D_
         AGRACIADO: UNIÃO DO PESSOAL DA POLÍCIA MILITAR - UPPM_x000D_
 _x000D_
 05 - VEREADOR CARLOS ANTÔNIO CÔNSOLI_x000D_
         AGRACIADO: MOVIMENTO DE CURSILHOS DE CRISTANDADE DA DIOCESE DE DIVINÓPOLIS_x000D_
 _x000D_
 06 - VEREADOR EDMAR ANTÔNIO RODRIGUES_x000D_
         AGRACIADO: JORGE MONTEIRO DA SILVA_x000D_
 _x000D_
 07 - VEREADOR EDSON JOSÉ DE SOUSA_x000D_
         AGRACIADO: LOJA MAÇÔNICA MESTRE RANGEL_x000D_
 _x000D_
 08 &amp;#8211; VEREADOR ELIANA FERREIRA GLÓRIA E SILVA_x000D_
@@ -3586,219 +3586,219 @@
         AGRACIADO: VANTUIR MARCELINO DALDEGAN_x000D_
 _x000D_
 14 - VEREADORA MARIA DAS DORES MANOEL_x000D_
         AGRACIADA: FACULDADE DE CIÊNCIAS ECONÔMICAS - FACED_x000D_
 _x000D_
 15 - VEREADOR MILTON DONIZETE DA SILVA_x000D_
         AGRACIADO: ROSÂNGELA MALTA_x000D_
 _x000D_
 16 - VEREADOR MARCOS VINÍCIUS ALVES DA SILVA_x000D_
         AGRACIADO: IGREJA EVANGÉLICA ASSEMBLÉIA DE DEUS_x000D_
 _x000D_
 17 - VEREADOR SEBASTIÃO CÂNDIDO GOMES_x000D_
         AGRACIADO: GERALDO DONIZETE TOMÉ_x000D_
 _x000D_
 18 - VEREADOR VLADIMIR DE FARIA AZEVEDO_x000D_
 AGRACIADO: JOSÉ FERREIRA DA SILVA_x000D_
 _x000D_
 19 - VEREADOR UVALNÍLCIO DE SOUSA ROCHA_x000D_
        AGRACIADO: EDUARDO FONSECA SANTOS_x000D_
 </t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3299/3299_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3299/3299_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO DE Nº249, DE 25 DE FEVEREIRO, QUE DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3288/3288_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3288/3288_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO DE Nº CM-251, DE 25 DE FEVEREIRO DE 2003, QUE DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DA CÂMARA MUNICIPAL DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3374</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3374/3374_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3374/3374_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE DIVINÓPOLIS AO DR.JORGE JOHANNPETER GERDAU.</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3339/3339_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3339/3339_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 225 DE 13 DE DEZEMBRO DE 2001,QUE DISPÕE SOBRE A VERBA DE APOIO AO GABINETE DO VEREADOR.</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3327/3327_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3327/3327_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E ORGANIZAÇÃO ADMINISTRATIVA DA CONTROLADORIA INTERNA DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3439/3439_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3439/3439_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE BENS MÓVEIS DO PODER LEGISLATIVO MUNICIPAL PARA AS ENTIDADES QUE MENCIONA.</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3357/3357_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3357/3357_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZ ADEQUAÇÃO NOS ANEXOS II-II E III-III- NÍVEL GRUPO H, DA RESOLUÇÃO 249DE 25 DE FEVEREIRO DE 2003, QUE DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E VENCIMENTO DOS SERVIDORES DA CÂMARA MUNICIPAL DE DIVINÓPOLIS EM CONSONÂNCIA COM A LEI Nº 5.869, DE 07/04/2004.</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3379/3379_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3379/3379_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFORMAÇÃO DO CARGO DE CONSULTOR JURIDICO DA COMISSÃO DOS DIREITOS HUMANOS DE RECRUTAMENTO RESTRITO PARA RECRUTAMENTO AMPLO, ALTERANDO AS RESOLUÇÕES DE NºS 249 E 251/2003.</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3434/3434_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3434/3434_texto_integral.pdf</t>
   </si>
   <si>
     <t>HOMOLOGA RELATÓRIO FINAL DA COMISSÃO PARLAMENTAR DE INQUÉRITO INSTAURADA PARA APURAR FATOS QUE ENVOLVEM O NOME DO VEREADOR MILTON DONIZETE DA SILVA,SOBRE POSSÍVEL RECEBIMENTO DE PROPINA QUANDO A ELEIÇÃO DA MESA DIRETORA PARA O EXERCÍCIO DE 2004, E SOBRE AS DENÚNCIAS APRESENTADAS PELO VEREADOR JANUÁRIO DE SOUZA ROCHA FILHO, NA RÁDIO MINAS E JORNAL AGORA SOBRE OS MESMOS FATOS.</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3480/3480_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3480/3480_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PRÊMIO ECOLOGIA E AMBIENTALISMO DA CÂMARA MUNICIPAL DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3479/3479_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3479/3479_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO DE Nº 251 DE 25 DE FEVEREIRO DE 2003, QUE DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DA CÂMARA MUNICIPAL DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3495/3495_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3495/3495_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO DE Nº 241, DE 25 DE JUNHO DE 2002, QUE DISPÕE SOBRE O PROJETO "VEREADOR ESTUDANTE" NA CÂMARA MUNICIPAL DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3512/3512_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3512/3512_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NAS RESOLUÇÕES DE Nº CM-249 E 251/2003.</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4603/4603_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4603/4603_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE BENS IMÓVEIS DO PODER LEGISLATIVO MUNICIPAL PARA A ASSOCIAÇÃO DE MORADORES DOS BAIRROS CATALÃO, BELA VISTA E SÁO JOSÉ, COM SEDE E FORO NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>4371</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4371/4371_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4371/4371_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO DE Nº 212, DE 26 DE ABRIL DE 2001, QUE DISPÕE SOBRE A SESSÃO ESPECIAL COMUNITÁRIA - SEC, DA CÂMARA MUNICIPAL DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>5227</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5227/5227_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5227/5227_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NA RESOLUÇÃO DE Nº CM-156/1998, QUE DISPÕE SOBRE O REGIMENTO INTERNO NA CÂMARA MUNICIPAL DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>5295</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5295/5295_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5295/5295_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NA SEÇÃO III, CAPÍTULO II, TÍTULO II, DA RESOLUÇÃO DE Nº CM-156/1998, QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>5393</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5393/5393_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5393/5393_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OUTORGA DO DIPLOMA "MÉRITO LEGISLATIVO VEREADOR ENILTON SIMÕES DE MOURA".</t>
   </si>
   <si>
     <t>5433</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE BENS IMÓVEIS DO PODER LEGISLATIVO MUNICIPAL PARA ASSOCIAÇÃO DE MORADORES DOS BAIRROS CATALÃO, BELA VISTA E SÃO JOSÉ; ASSOCIAÇÃO DE PROMOÇÃO E ASSISTÊNCIA AO NECESSITADO - APAN; E FEDERAÇÃO DAS ASSOCIAÇÕES DE MORADORES DE BAIRROS E CONSELHOS COMUNITÁRIOS RURAIS DE DIVINÓPOLIS - FAMBACCORD.</t>
   </si>
   <si>
     <t>6063</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6063/6063_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6063/6063_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO DE Nº 197, DE 06 DE FEVEREIRO DE 2001, QUE AUTORIZA A CÂMARA MUNICIPAL A FIRMAR CONVENIO COM FACULDADES DE DIVINÓPOLIS, PARA IMPLANTAÇÃO DE PROGRAMA DE ESTÁGIO.</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
     <t>PELOC</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica do Legislativo</t>
   </si>
   <si>
     <t>ALTERA O ART. 32 DA LEI ORGÂNICA MUNICIPAL - NÚMERO DE VEREADORES - 13 - VEREADORES</t>
   </si>
   <si>
     <t>5224</t>
   </si>
   <si>
     <t>ALTERA O § 2º DO ART. 35 DA LEI ORGÂNICA MUNICIPAL DE DIVINÓPOLIS. MANDATO PARA MEMBRO DA MESA DIRETORA DA CÂMARA É DE DOIS ANOS VEDADA A RECONDUÇÃO PARA O MESMO CARGO EM ELEIÇÃO VERIFICADA NA MESMA LEGISLATURA.</t>
   </si>
   <si>
     <t>6176</t>
   </si>
@@ -4132,67 +4132,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3226/3226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3268/3268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3520/3520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4401/4401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4733/4733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5463/5463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5405/5405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6164/6164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6013/6013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5729/5729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6151/6151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3319/3319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3432/3432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4892/4892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3382/3382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3437/3437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3436/3436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4559/4559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4089/4089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5190/5190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6168/6168_texto_integral.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6071/6071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3224/3224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3250/3250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3251/3251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3252/3252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3253/3253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3258/3258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3259/3259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3260/3260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3261/3261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3289/3289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3270/3270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3262/3262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3263/3263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3249/3249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3248/3248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3247/3247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3310/3310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3271/3271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3272/3272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3284/3284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3508/3508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3314/3314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3342/3342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3292/3292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3302/3302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3290/3290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3275/3275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3276/3276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3303/3303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3313/3313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3286/3286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3298/3298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3317/3317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3344/3344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3345/3345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3346/3346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3347/3347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3340/3340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3320/3320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3321/3321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3322/3322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3325/3325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3326/3326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3338/3338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3348/3348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3349/3349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3360/3360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3361/3361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3351/3351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3355/3355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3354/3354_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3353/3353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3378/3378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3454/3454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3481/3481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3380/3380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3371/3371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3370/3370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4558/4558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3447/3447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3452/3452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3449/3449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3482/3482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3450/3450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3483/3483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3484/3484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3451/3451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3485/3485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3486/3486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3487/3487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4375/4375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5226/5226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5952/5952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3256/3256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3264/3264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3265/3265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3266/3266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3373/3373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3372/3372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3299/3299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3288/3288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3374/3374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3339/3339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3327/3327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3439/3439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3357/3357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3379/3379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3434/3434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3480/3480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3479/3479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3495/3495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3512/3512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4603/4603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4371/4371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5227/5227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5295/5295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5393/5393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6063/6063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3226/3226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3268/3268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3520/3520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4401/4401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4733/4733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5463/5463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5405/5405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6164/6164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6013/6013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5729/5729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6151/6151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3319/3319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3432/3432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4892/4892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3382/3382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3437/3437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3436/3436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4559/4559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4089/4089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5190/5190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6168/6168_texto_integral.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6071/6071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3224/3224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3250/3250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3251/3251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3252/3252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3253/3253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3258/3258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3259/3259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3260/3260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3261/3261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3289/3289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3270/3270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3262/3262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3263/3263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3249/3249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3248/3248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3247/3247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3310/3310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3271/3271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3272/3272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3284/3284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3508/3508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3314/3314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3342/3342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3292/3292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3302/3302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3290/3290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3275/3275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3276/3276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3303/3303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3313/3313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3286/3286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3298/3298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3317/3317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3344/3344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3345/3345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3346/3346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3347/3347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3340/3340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3320/3320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3321/3321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3322/3322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3325/3325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3326/3326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3338/3338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3348/3348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3349/3349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3360/3360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3361/3361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3351/3351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3355/3355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3354/3354_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3353/3353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3378/3378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3454/3454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3481/3481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3380/3380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3371/3371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3370/3370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4558/4558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3447/3447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3452/3452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3449/3449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3482/3482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3450/3450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3483/3483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3484/3484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3451/3451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3485/3485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3486/3486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3487/3487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4375/4375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5226/5226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5952/5952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3256/3256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3264/3264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3265/3265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3266/3266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3373/3373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3372/3372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3299/3299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3288/3288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3374/3374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3339/3339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3327/3327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3439/3439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3357/3357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3379/3379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3434/3434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3480/3480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3479/3479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3495/3495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/3512/3512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4603/4603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/4371/4371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5227/5227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5295/5295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/5393/5393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2004/6063/6063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H415"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>