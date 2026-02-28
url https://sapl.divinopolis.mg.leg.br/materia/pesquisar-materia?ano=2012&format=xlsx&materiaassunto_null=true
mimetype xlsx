--- v0 (2025-11-30)
+++ v1 (2026-02-28)
@@ -54,8102 +54,8102 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13255</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Edsom Sousa</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13255/13255_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13255/13255_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-001/2012 ao Projeto de Lei nº EM-027/2011.</t>
   </si>
   <si>
     <t>13320</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Anderson Saleme</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13320/13320_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13320/13320_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de nº CM-002/2012 ao Projeto de Lei nº CM-001/2012.</t>
   </si>
   <si>
     <t>13330</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Dra. Heloísa Cerri</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13330/13330_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13330/13330_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de nº CM-003/2012 ao Projeto de Lei nº CM-001/2012.</t>
   </si>
   <si>
     <t>13371</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Rodyson do Zé Milton</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13371/13371_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13371/13371_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de nº CM-004/2012 ao Projeto de Lei de nº CM-009/2012.</t>
   </si>
   <si>
     <t>13393</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13393/13393_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13393/13393_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-005/2012 ao Projeto de Lei Complementar de nº EM-002/2012.</t>
   </si>
   <si>
     <t>13426</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Edmar Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13426/13426_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13426/13426_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-006/2012 ao Projeto de Lei Complementar de nº EM-002/2012.</t>
   </si>
   <si>
     <t>13411</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13411/13411_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13411/13411_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-007/2012 ao Projeto de Lei nº CM-005/2012.</t>
   </si>
   <si>
     <t>13508</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13508/13508_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13508/13508_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda supressiva de nº CM-009/2012 ao Projeto de Lei nº EM-027/2011.</t>
   </si>
   <si>
     <t>13519</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13519/13519_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13519/13519_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva de nº CM-010/2012 ao Projeto de Lei nº CM-009/2012.</t>
   </si>
   <si>
     <t>13550</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Geraldinho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13550/13550_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13550/13550_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-011/2012 ao Projeto de Lei nº EM-027/2012.</t>
   </si>
   <si>
     <t>13549</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13549/13549_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13549/13549_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-012/2012 ao Projeto de Lei nº EM-027/2012.</t>
   </si>
   <si>
     <t>13578</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13578/13578_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13578/13578_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de nº CM-013/2012 ao Projeto de Lei nº EM-027/2012.</t>
   </si>
   <si>
     <t>13586</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13586/13586_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13586/13586_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva de nº CM-014/2012 ao Projeto de Lei nº CM-009/2012.</t>
   </si>
   <si>
     <t>13579</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Hilton de Aguiar</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13579/13579_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13579/13579_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de nº CM-015/2012 de autoria do Vereador Hilton de Aguiar ao Projeto de Lei n° EM-027/2012.</t>
   </si>
   <si>
     <t>13606</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13606/13606_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13606/13606_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva de nº CM-016/2012 ao Projeto de Lei nº EM-033/2012.</t>
   </si>
   <si>
     <t>13607</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13607/13607_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13607/13607_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva de nº CM-017/2012 ao Projeto de Lei nº EM-033/2012.</t>
   </si>
   <si>
     <t>13608</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13608/13608_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13608/13608_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda supressiva nº CM-018/2012 ao Projeto de Lei nº EM-033/2012.</t>
   </si>
   <si>
     <t>13609</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13609/13609_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13609/13609_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-019/2012 ao Projeto de Lei nº EM-033/2012.</t>
   </si>
   <si>
     <t>13610</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13610/13610_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13610/13610_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-020/2012 ao Projeto de Lei nº EM-033/2012.</t>
   </si>
   <si>
     <t>13611</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13611/13611_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13611/13611_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-021/2012 ao Projeto de Lei nº EM-033/2012.</t>
   </si>
   <si>
     <t>13612</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13612/13612_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13612/13612_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-022/2012 ao Projeto de Lei nº EM-033/2012.</t>
   </si>
   <si>
     <t>13605</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13605/13605_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13605/13605_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-023/2012 ao Projeto de Lei nº EM-024/2012.</t>
   </si>
   <si>
     <t>13632</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Pastor Paulo César</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13632/13632_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13632/13632_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de nº CM-024/2012 ao Projeto de Lei nº CM-024/2012.</t>
   </si>
   <si>
     <t>13635</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13635/13635_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13635/13635_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-025/2012 ao Projeto de Lei º EM-027/2012.</t>
   </si>
   <si>
     <t>13657</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13657/13657_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13657/13657_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa nº CM-026/2012 ao Projeto de Lei nº EM-027/2012.</t>
   </si>
   <si>
     <t>13658</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13658/13658_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13658/13658_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa nº CM-027/2012 ao Projeto de Lei nº EM-027/2012.</t>
   </si>
   <si>
     <t>13656</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13656/13656_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13656/13656_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa nº CM-028/2012 ao Projeto de Lei nº EM-027/2012.</t>
   </si>
   <si>
     <t>13659</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13659/13659_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13659/13659_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa nº CM-029/2012 ao Projeto de Lei nº EM-027/2012.</t>
   </si>
   <si>
     <t>13667</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13667/13667_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13667/13667_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa nº CM-030/2012 ao Projeto de Lei nº CM-044/2012.</t>
   </si>
   <si>
     <t>13666</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13666/13666_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13666/13666_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa nº CM-031/2012 ao Projeto de Resolução nº CM-010/2012.</t>
   </si>
   <si>
     <t>13665</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13665/13665_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13665/13665_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa nº CM-032/2012 ao Projeto de Resolução nº CM-010/2012.</t>
   </si>
   <si>
     <t>13668</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13668/13668_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13668/13668_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa nº CM-033/2012 ao Projeto de Resolução nº CM-010/2012.</t>
   </si>
   <si>
     <t>13670</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13670/13670_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13670/13670_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-034/2012 ao Projeto de Resolução nº CM-010/2012.</t>
   </si>
   <si>
     <t>13786</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13786/13786_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13786/13786_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-035/2012 ao Projeto de Lei nº CM-009/2012.</t>
   </si>
   <si>
     <t>13789</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13789/13789_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13789/13789_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-036/2012 ao Projeto de Lei º CM-009/2012 - Substitutivo I</t>
   </si>
   <si>
     <t>13790</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13790/13790_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13790/13790_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-037/2012 ao Projeto de Lei º CM-009/2012 - Substitutivo I</t>
   </si>
   <si>
     <t>13827</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Roberto Bento</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13827/13827_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13827/13827_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de nº CM-038/2012 ao Projeto de Lei nº CM-050/2012.</t>
   </si>
   <si>
     <t>13814</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13814/13814_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13814/13814_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-039/2012 ao Projeto de Decreto Legislativo nº CM-002/2012.</t>
   </si>
   <si>
     <t>13817</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13817/13817_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13817/13817_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa nº CM-040/2012 ao Projeto de Lei nº CM-047/2012.</t>
   </si>
   <si>
     <t>13845</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13845/13845_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13845/13845_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa nº CM-041/2012 ao Projeto de Lei nº EM-012/2012.</t>
   </si>
   <si>
     <t>13866</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13866/13866_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13866/13866_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-042/2012 ao Projeto de Lei nº EM-060/2012.</t>
   </si>
   <si>
     <t>13867</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13867/13867_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13867/13867_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva de nº CM-043/2012 ao Projeto de Lei nº CM-009/2012 - SUBSTITUTIVO I</t>
   </si>
   <si>
     <t>13904</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13904/13904_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13904/13904_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva de nº CM-044/2012 ao Projeto de Lei nº EM-074/2012 - Obras Sociais para a Sociedade Educacional e Beneficente Estrela do Oeste de Minas; AAVIDA.</t>
   </si>
   <si>
     <t>13879</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13879/13879_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13879/13879_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva de nº CM-045/2012 ao Projeto de Lei nº EM-074/2012 - Sacramento do amor.</t>
   </si>
   <si>
     <t>13880</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13880/13880_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13880/13880_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-046/2012 ao Projeto de Lei nº EM-074/2012; Associação de Promoção à Cidadania do Bairro Santa Lúcia Pão da Alma.</t>
   </si>
   <si>
     <t>13881</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13881/13881_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13881/13881_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-047/2012 ao Projeto de Lei nº EM-074/2012; Movimento Negro Unificado de Divinópolis; MUNDI.</t>
   </si>
   <si>
     <t>13882</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13882/13882_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13882/13882_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-048/2012 ao Projeto de Lei nº EM-074/2012; Entidade Lar das Meninas.</t>
   </si>
   <si>
     <t>13886</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13886/13886_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13886/13886_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-049/2012 ao Projeto de Lei nº EM-074/2012; Grupo de Educação, Ética e Cidadania - GEEC.</t>
   </si>
   <si>
     <t>13883</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13883/13883_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13883/13883_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-050/2012 ao Projeto de Lei nº EM-074/2012; Academia Divinopolitana de Letras.</t>
   </si>
   <si>
     <t>13884</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13884/13884_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13884/13884_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-051/2012 ao Projeto de Lei nº EM-074/2012; Associação de Combate ao Câncer do Centro Oeste de Minas.</t>
   </si>
   <si>
     <t>13896</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13896/13896_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13896/13896_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-052/2012 ao Projeto de Lei nº EM-074/2012; Loja Maçônica Marcius da Anunciação Dias.</t>
   </si>
   <si>
     <t>13887</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13887/13887_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13887/13887_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-053/2012 ao Projeto de Lei nº EM-075/2012</t>
   </si>
   <si>
     <t>13888</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13888/13888_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13888/13888_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-054/2012 ao Projeto de Lei nº EM-075/2012</t>
   </si>
   <si>
     <t>13889</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13889/13889_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13889/13889_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-055/2012 ao Projeto de Lei nº EM-075/2012</t>
   </si>
   <si>
     <t>13890</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13890/13890_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13890/13890_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-056/2012 ao Projeto de Lei nº EM-075/2012</t>
   </si>
   <si>
     <t>13891</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13891/13891_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13891/13891_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-057/2012 ao Projeto de Lei nº EM-075/2012</t>
   </si>
   <si>
     <t>13892</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13892/13892_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13892/13892_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-058/2012 ao Projeto de Lei nº EM-075/2012</t>
   </si>
   <si>
     <t>13893</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13893/13893_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13893/13893_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-059/2012 ao Projeto de Lei nº EM-075/2012</t>
   </si>
   <si>
     <t>13894</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13894/13894_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13894/13894_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-060/2012 ao Projeto de Lei nº EM-075/2012</t>
   </si>
   <si>
     <t>13895</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13895/13895_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13895/13895_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-061/2012 ao Projeto de Lei nº EM-075/2012</t>
   </si>
   <si>
     <t>13885</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13885/13885_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13885/13885_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-062/2012 ao Projeto de Lei nº EM-074/2012</t>
   </si>
   <si>
     <t>13911</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13911/13911_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13911/13911_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva de nº CM-063/2012 ao Projeto de Lei nº CM-009/2012 -SUBSTITUTIVO I.</t>
   </si>
   <si>
     <t>13903</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13903/13903_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13903/13903_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-064/2012 ao Projeto de Lei nº EM-074/2012; Sociedade Protetora dos Animais - SPAD</t>
   </si>
   <si>
     <t>13898</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13898/13898_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13898/13898_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-065/2012 ao Projeto de Lei nº EM-075/2012, Centro de Convivência da Terceira Idade.</t>
   </si>
   <si>
     <t>13899</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13899/13899_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13899/13899_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-066/2012 ao Projeto de Lei nº EM-074/2012; Lar das Meninas.</t>
   </si>
   <si>
     <t>13900</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13900/13900_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13900/13900_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-068/2012 ao Projeto de Lei nº EM-075/2012, Sociedade Protetora dos Animais de Divinópolis (SPAD).</t>
   </si>
   <si>
     <t>13994</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13994/13994_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13994/13994_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-069/2012 ao Projeto de Lei nº EM-075/2012, Instituto Helena Antipoff.</t>
   </si>
   <si>
     <t>13902</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13902/13902_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13902/13902_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-070/2012 ao Projeto de Lei nº EM-074/2012 ; Instituto Helena Antipoff.</t>
   </si>
   <si>
     <t>13897</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13897/13897_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13897/13897_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-071/2012 ao Projeto de Lei nº EM-074/2012 ; Projeto Alegria de Viver – Centro de Convivência da Terceira Idade.</t>
   </si>
   <si>
     <t>13942</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Beto Machado</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13942/13942_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13942/13942_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-072/2012 ao Projeto de Lei nº CM-061/2012.</t>
   </si>
   <si>
     <t>13958</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13958/13958_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13958/13958_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-073/2012 ao Projeto de Lei nº EM-083/2012.</t>
   </si>
   <si>
     <t>13969</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13969/13969_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13969/13969_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-074/2012 ao Projeto de Resolução nº CM-015/2012.</t>
   </si>
   <si>
     <t>13973</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13973/13973_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13973/13973_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa de nº CM-075/2012 ao Projeto de Lei nº CM-009/2012 - SUBSTITUTIVO I.</t>
   </si>
   <si>
     <t>13962</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13962/13962_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13962/13962_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-076/2012 ao Projeto de Lei nº CM-004/2012.</t>
   </si>
   <si>
     <t>13984</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13984/13984_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13984/13984_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº CM-079/2012 ao Projeto de Lei nº EM-081/2012.</t>
   </si>
   <si>
     <t>13983</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13983/13983_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13983/13983_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-080/2012 ao Projeto de Lei n° EM-81/2012.</t>
   </si>
   <si>
     <t>13982</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13982/13982_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13982/13982_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-081/2012 ao Projeto de Lei n° EM-81/2012.</t>
   </si>
   <si>
     <t>13981</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13981/13981_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13981/13981_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda supressiva de nº CM-082/2012 ao Projeto de Lei n° EM-81/2012.</t>
   </si>
   <si>
     <t>13985</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13985/13985_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13985/13985_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-083/2012 ao Projeto de Lei n° EM-81/2012.</t>
   </si>
   <si>
     <t>14003</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14003/14003_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14003/14003_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda Supressiva de nº CM-086/2012 ao Projeto de Lei nº EM-079/2012.</t>
   </si>
   <si>
     <t>14001</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14001/14001_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14001/14001_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-087/2012 ao Projeto de Lei n° EM-103/2011.</t>
   </si>
   <si>
     <t>14002</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14002/14002_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14002/14002_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-088/2012 ao Projeto de Lei n° EM-104/2011.</t>
   </si>
   <si>
     <t>14008</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14008/14008_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14008/14008_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-089/2012 ao Projeto de Lei n° EM-084/2012.</t>
   </si>
   <si>
     <t>14004</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14004/14004_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14004/14004_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-090/2012 ao Projeto de Lei nº EM-079/2012.</t>
   </si>
   <si>
     <t>14014</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14014/14014_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14014/14014_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva de nº CM-092/2012 ao Projeto de Lei nº EM-027/2012.</t>
   </si>
   <si>
     <t>14015</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14015/14015_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14015/14015_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa de nº CM-093/2012 ao Projeto de Lei nº EM-009/2012.</t>
   </si>
   <si>
     <t>14016</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14016/14016_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14016/14016_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa nº CM-094/2012 ao Projeto de Lei nº EM-013/2012.</t>
   </si>
   <si>
     <t>14017</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14017/14017_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14017/14017_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa nº CM-095/2012 ao Projeto de Lei nº EM-012/2012.</t>
   </si>
   <si>
     <t>14018</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14018/14018_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14018/14018_texto_integral.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa nº CM-102/2012 ao Projeto de Lei nº CM-103/2011.</t>
   </si>
   <si>
     <t>13235</t>
   </si>
   <si>
     <t>INDIC</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13235/13235_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13235/13235_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal Vladimir de Faria Azevedo patrolamento e em consequência colocação de cascalho/escória na Rua Tailândia, n.º 271, bairro Paraíso, nesta cidade.</t>
   </si>
   <si>
     <t>13236</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13236/13236_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13236/13236_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal Vladimir de Faria Azevedo, solicitando que seja estudada junto ao órgão competente do Executivo patrolamento em consequência colocação de cascalho/escória e compactação com rolo, na Rua Jesuíno Ferreira Silva, n.º 181, bairro Santa Lúcia, nesta cidade.</t>
   </si>
   <si>
     <t>13231</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13231/13231_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13231/13231_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal Vladimir de Faria Azevedo, solicitando que seja estudada junto ao órgão competente do Executivo obras de infra-estrutura tais como: instalação de telefones públicos, correio e calçamento, na Rua Joaquim Mizael Rosa, bairro Quarenta e Oito, nesta cidade.</t>
   </si>
   <si>
     <t>13261</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13261/13261_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13261/13261_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal Vladimir de Faria Azevedo colocação de placas de identificação de ruas nos bairros, proncipalmente no bairro Interlagos, nesta cidade.</t>
   </si>
   <si>
     <t>13278</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13278/13278_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13278/13278_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal Vladimir de Faria Azevedo serviço de escória e patrolamento na entrada do Sítio ABC – estrada sentido Icaraí, entre a KIA Motores e uma fábrica de móveis (portão amarelo)­, neste município.</t>
   </si>
   <si>
     <t>13328</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13328/13328_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13328/13328_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal Vladimir de Faria Azevedo a capina e limpeza nos arredores do Cemitério do bairro Belvedere, neste Município.</t>
   </si>
   <si>
     <t>13256</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13256/13256_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13256/13256_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal Vladimir de Faria Azevedo a colocação de postes de iluminação com Luminárias no quarteirão da rua José Balbino Filho, entre a rua Flora, no bairro Vila Romana, nesta cidade.</t>
   </si>
   <si>
     <t>13254</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Paduano</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13254/13254_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13254/13254_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal Vladimir de Faria Azevedo a colocação de redutor de velocidade na rua da Praça Corvino Diniz Costa, entre as ruas Bernardo de Bessa Barreto e Alberto Coimbra, no distrito de Santo Antônio dos CAmpos, nesta cidade.</t>
   </si>
   <si>
     <t>13257</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13257/13257_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13257/13257_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo a colocação de Luminárias em postes já existentes na Rua Três, na Comunidade Rural Buritis, nesta cidade.</t>
   </si>
   <si>
     <t>13276</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13276/13276_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13276/13276_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao o Sr. Prefeito Municipal, Vladimir de Faria Azevedo redutor de velocidade, na Av. Paraná esquina com a Rua Alagoas, bairro Centro, nesta cidade, bem como realização de pintura estratigráfica para passagem de pedestres também no referido local.</t>
   </si>
   <si>
     <t>13311</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13311/13311_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13311/13311_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal Vladimir de Faria Azevedo a capina e limpeza nas seguintes ruas do bairro Sidil, neste município: Rua Serra do Cristal entre Mato Grosso e Rio Grande do Sul; Rua Itapecerica entre Mato Grosso e Rio Grande do Sul; Rua Maranhão esquina com Serra do Cristal.</t>
   </si>
   <si>
     <t>13329</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13329/13329_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13329/13329_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal a limpeza das ruas, o patrolamento e a limpeza do campo no bairro Rancho Alegre, neste Município.</t>
   </si>
   <si>
     <t>13531</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13531/13531_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13531/13531_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal Vladimir de Faria Azevedo a instalação de quebra­molas na rua Pedro Martins Machado e a limpeza do campo, no bairro Vila das Roseiras, neste Município.</t>
   </si>
   <si>
     <t>13291</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13291/13291_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13291/13291_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal Vladimir de Faria Azevedo esclarecimento a cerca da taxa para expedir uma certidão de inteiro teor, na Junta Comercial, onde a taxa em Divinópolis é de R$ 26,27 e no Estado de Mato Grosso do Sul, na cidade de Campo Grande a mesma certidão tem um custo de R$2,00, atendendo reivindicação da Sra. Doralice Antônia Souto Garbazza, residente na rua Maria Corgozinho Rapozo nº 221, bairro Cidade Jardim.</t>
   </si>
   <si>
     <t>13275</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13275/13275_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13275/13275_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Dr. Vladimir de Faria Azevedo a colocação de um poste de iluminação na Rua José Balbino Filho, altura do nº 41, no bairro Vila Romana.</t>
   </si>
   <si>
     <t>13258</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13258/13258_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13258/13258_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal Vladimir Azevedo a instalação de barras de alongamento: no início da Pista de Cooper da Avenida JK, nas proximidades da Praça da Catedral; no final da pista nas proximidades do Clube dos Servidores Municipais; e na área ao lado da Escola Municipal de Música.</t>
   </si>
   <si>
     <t>13259</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13259/13259_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13259/13259_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal Vladimir Azevedo o serviço de fiscalização das ruas principais para a realização de um serviço geral de capina no distrito de Santo Antônio dos Campos.</t>
   </si>
   <si>
     <t>13260</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13260/13260_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13260/13260_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA AVENIDA SANTOS DUMONT, ENTRE OS BAIRROS INTERLAGOS E ICARAÍ.</t>
   </si>
   <si>
     <t>13274</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13274/13274_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13274/13274_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA GILDETE C. ULISSES ENTRE OS BAIRROS INTERLAGOS E SANTOS DUMONT.</t>
   </si>
   <si>
     <t>13273</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13273/13273_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13273/13273_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTUDO COM OBJETIVO DE ADICIONAR AO EDITAL DO 1º PROCESSO LICITATÓRIO DO TRANSPORTE COLETIVO DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>13272</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13272/13272_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13272/13272_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE COLETA SELETIVA EM DETERMINADOS BAIRROS DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>13290</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13290/13290_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13290/13290_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CRIADO, AINDA ESTE ANO, ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, UM PROGRAMA DE ENSINO DE MEDIDAS RELATIVAS A &amp;#8220;COLETA SELETIVA DO LIXO&amp;#8221; E AÇÕES PREVENTIVAS DE &amp;#8220;COMBATE A DENGUE&amp;#8221;, EM TODA REDE DE ENSINO MUNICIPAL, PRINCIPALMENTE AOS ALUNOS DO ENSINO FUNDAMENTAL.</t>
   </si>
   <si>
     <t>13289</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13289/13289_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13289/13289_texto_integral.pdf</t>
   </si>
   <si>
     <t>OBJETIVO DE ADICIONAR AO EDITAL DO 1° PROCESSO LICITATÓRIO DO TRANSPORTE COLETIVO DE DIVINÓPOLIS AS SEGUINTES PROPOSIÇÕES: - EXIGÊNCIA DE INSTALAÇÃO ANUAL DE 40 ABRIGOS, PADRONIZADOS, INCLUSIVE COM O PROJETO NO EDITAL - TARIFA URBANA COM 50% DE DESCONTO PARA ESTUDANTES.</t>
   </si>
   <si>
     <t>13288</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13288/13288_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13288/13288_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A LIBERAÇÃO DO ESTACIONAMENTO ROTATIVO NA AVENIDA JK.</t>
   </si>
   <si>
     <t>13300</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13300/13300_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13300/13300_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE CAPINA E LIMPEZA DAS RUAS DO BAIRRO MANOEL VALINHAS, A EXEMPLO A AVENIDA ANTÔNIO NETO,_x000D_
 ATENDENDO REIVINDICAÇÃO DOS MORADORES E LIDERES COMUNITÁRIOS DO BAIRRO.</t>
   </si>
   <si>
     <t>13301</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13301/13301_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13301/13301_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE RECONSTRUÇÃO DE UM MURO DA ESCOLA ESTADUAL MARIA PEÇANHA, SITUADA NA RUA DINAMARCA ESQUINA_x000D_
 COM RUA OLIMPIO MOREIRA NO BAIRRO PARAISO.</t>
   </si>
   <si>
     <t>13302</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13302/13302_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13302/13302_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DO CALÇAMENTO NA RUA GUAPORÉ.</t>
   </si>
   <si>
     <t>13339</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13339/13339_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13339/13339_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO NA RUA ALICE BUENO, Nº 580, ENTRE AS RUAS JOSÉ MARTINS NETO E RUA KARINE, BAIRRO ICARAÍ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13303</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13303/13303_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13303/13303_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de patrolamento e em consequência colocação de cascalho/escória na Rua Bruxelas, entre os bairros Novo Paraíso e Padre Eustáquio, nesta cidade.</t>
   </si>
   <si>
     <t>13378</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13378/13378_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13378/13378_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE PLACAS DE TRÂNSITO NO BAIRRO VILA DAS ROSEIRAS.</t>
   </si>
   <si>
     <t>13309</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13309/13309_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13309/13309_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM POSTE COM LUMINÁRIA NO CRUZAMENTO DA RUA CASTELHANOS COM RUA JACARAIPE NO BAIRRO JARDIM DAS OLIVEIRAS.</t>
   </si>
   <si>
     <t>13326</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13326/13326_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13326/13326_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEDETIZAÇÃO, EXTERMINANDO AS BARATAS, E A CAPTAÇÃO DE ESCORPIÕES NO BAIRRO SANTO ANTÔNIO, ATENDENDO REIVINDICAÇÃO DOS MORADORES DO BAIRRO.</t>
   </si>
   <si>
     <t>13334</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13334/13334_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13334/13334_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO DA RUA SERRA DO CRISTAL ENTRE AV. SETE DE SETEMBRO E RUA CRISTAL.</t>
   </si>
   <si>
     <t>13335</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13335/13335_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13335/13335_texto_integral.pdf</t>
   </si>
   <si>
     <t>DOAÇÃO DE TERRENO PRÓXIMO A ASSOCIAÇÃO DE MORADORES DO BAIRRO ICARAÍ PARA A CONSTRUÇÃO DE UMA PRAÇA PARA A COMUNIDADE.</t>
   </si>
   <si>
     <t>13514</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13514/13514_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13514/13514_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTACIONAMENTO PARA BICICLETAS NAS CICLOVIAS.</t>
   </si>
   <si>
     <t>13513</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13513/13513_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13513/13513_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DO PONTO DE CULTURA CASA DO IDOSO E DEFICIENTE REVISADO.</t>
   </si>
   <si>
     <t>13331</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13331/13331_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13331/13331_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUIR UM PROGRAMA MUNICIPAL BOLSA-ATLETA, QUE CONSISTE EM APOIO FINANCEIRO E TÉCNICO A ATLETAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13365</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13365/13365_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13365/13365_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO EM VOLTA DA PRAÇA ELIZEU ZICA, NO BAIRRO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>13336</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13336/13336_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13336/13336_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO NA RUA GERALDO GOMES DOS SANTOS, NO BAIRRO JARDIM BETÂNIA.</t>
   </si>
   <si>
     <t>13346</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13346/13346_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13346/13346_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZAR A EXPOSIÇÃO PERMANENTE DE FOTOGRAFIAS &amp;#8220;VITRINE DAS PERSONALIDADES DIVINOPOLITANAS&amp;#8221;, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13345</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13345/13345_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13345/13345_texto_integral.pdf</t>
   </si>
   <si>
     <t>PINTURA ESTATIGRÁFICA NA AV. 7 DE SETEMBRO, ENTRE AS RUAS SERRA DO CRISTAL E ITAPECERICA, PRÓXIMO A PADARIA TRIGOPAN, NO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13530</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13530/13530_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13530/13530_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO NA RUA SANTA CRUZ ENTRE AS RUAS NOVO MÉXICO E ALTO DO CHUÁ NO BAIRRO CAMPINA VERDE.</t>
   </si>
   <si>
     <t>13355</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13355/13355_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13355/13355_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE LIMPEZA NO TERRENO ONDE SE LOCALIZA A SEDE DO PSF &amp;#8211; PROGRAMA DE SAÚDE DA FAMÍLIA, DOS BAIRROS DEL REI/PRIMAVERA.</t>
   </si>
   <si>
     <t>13489</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13489/13489_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13489/13489_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO NA RUA PAU BRASIL, ENTRE AS RUAS CAJUEIRO E PESSEGUEIRA, NAS PROXIMIDADES DO Nº 971, BAIRRO JARDINÓPOLIS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13401</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13401/13401_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13401/13401_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS NA RUA MONTE SANTO, COMO: CAPINA NA RUA E NAS CALÇADAS, ENTRE PERNAMBUCO E SÃO PAULO, ASSIM COMO A INSTALAÇÃO DE 02 (DOIS) POSTES COM LUMINÁRIAS NESTA MESMA RUA, ENTRE MINAS GERAIS E SÃO PAULO, NO BAIRRO SANTO ANTÔNIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13366</t>
   </si>
   <si>
     <t>Milton Donizete</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13366/13366_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13366/13366_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUSÃO DA DUPLA GINO E GENO NA PROGRAMAÇÃO DA DIVINAEXPÔ E QUE SEUS NOMES SEJAM TAMBÉM LANÇADOS NO LIVRO DO CENTENÁRIO.</t>
   </si>
   <si>
     <t>13512</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13512/13512_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13512/13512_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE QUEBRA-MOLAS NA RUA MARIA APARECIDA BATISTA,NO BAIRRO RANCHO ALEGRE,NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13573</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13573/13573_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13573/13573_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PRAÇA NA RUA JOSÉ TEODORO COM RUA UM, NO BAIRRO VILA DAS ROSEIRAS.</t>
   </si>
   <si>
     <t>13379</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13379/13379_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13379/13379_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LUMINÁRIAS NA RUA SAMAMBAIA, PRÓXIMO AO Nº 591, ASSIM COMO A COLOCAÇÃO DE UM POSTE NO FINAL DA RUA MARECHAL HERMES, NO BAIRRO SÃO LUCAS.</t>
   </si>
   <si>
     <t>13380</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13380/13380_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13380/13380_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE PATROLAMENTO EM TODO O BAIRRO SÃO LUCAS, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>13402</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13402/13402_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13402/13402_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DO CAMPO DE FUTEBOL, ASSIM COMO A LIMPEZA E CAPINA DAS RUAS E CALÇADAS NO BAIRRO SÃO LUCAS, NAS PROXIMIDADES DAS RUAS ILÍDIO JOSÉ DA FONSECA E ULISSES GUIMARÃES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13403</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13403/13403_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13403/13403_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO NA RUA LEOPOLDO CORRÊA COM ILÍDIO JOSÉ DA FONSECA, NO BAIRRO SÃO LUCAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13532</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13532/13532_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13532/13532_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE LINHA DE ÔNIBUS SÃO SIMÃO/PLANALTO NO BAIRRO SÃO LUCAS.</t>
   </si>
   <si>
     <t>13533</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13533/13533_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13533/13533_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CAPINA E PODA E ÁRVORES NA RUA MINAS GERAIS - CENTRO E IPIRANGA.</t>
   </si>
   <si>
     <t>13367</t>
   </si>
   <si>
     <t>Adair Otaviano</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13367/13367_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13367/13367_texto_integral.pdf</t>
   </si>
   <si>
     <t>CAPINA E LIMPEZA DO LOTE E PASSEIO ONDE ERA O ANTIGO CADEIÃO,NA RUA MENDES MOURÃO NO BAIRRO AFONSO PENA.</t>
   </si>
   <si>
     <t>13404</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13404/13404_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13404/13404_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECOMPOSIÇÃO DO CALÇAMENTO NA RUA FAGUNDES VARELA ENTRE AS RUAS CASCALHO RICO E CAPETINGA NO BAIRRO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>13405</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13405/13405_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13405/13405_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA SERGIPE ENTRE AS RUAS ALFREDO RACHID E LEÔNIDAS SCHWINDT.</t>
   </si>
   <si>
     <t>13420</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13420/13420_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13420/13420_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade da abertura da Rua 10 de Outubro, entre a rua Goiás com a rua Pernambuco, no bairro Ipiranga, Município de Divinópolis.</t>
   </si>
   <si>
     <t>13419</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13419/13419_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13419/13419_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA ESTRUTURA FÍSICA DO POSTO DE SAÚDE DO BAIRRO SÃO JOSÉ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13425</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13425/13425_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13425/13425_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE LUMINÁRIA A RUA IMACULADA CARVALHO MILAGRE, PRÓXIMO AO NÚMERO 21, NO BAIRRO DONA ROSA.</t>
   </si>
   <si>
     <t>13424</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13424/13424_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13424/13424_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de realização de pintura estratigráfica para passagem de pedestres na rua Bom Sucesso esquina com a rua João Dias, bem como esquina da rua Carmo da Mata, no bairro Interlagos, nesta cidade.</t>
   </si>
   <si>
     <t>13440</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13440/13440_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13440/13440_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PASSAGEM PARA PEDESTRE NA PONTE DA AV. MAGALHÃES PINTO, ESQUINA COM AS RUAS UBÁ E PROFESSORA MARIA CATARINA, NO BAIRRO ESPÍRITO SANTO, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13423</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13423/13423_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13423/13423_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE CALÇAMENTO DA RUA CHILE, ENTRE AS RUAS LAVINEA FONSECA E RUA PADRE EUSTÁQUIO, NO BAIRRO SANTA_x000D_
 ROSA.</t>
   </si>
   <si>
     <t>13422</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13422/13422_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13422/13422_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BICICLETÁRIOS EM PONTOS ESTRATÉGICOS DA CIDADE.</t>
   </si>
   <si>
     <t>13421</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13421/13421_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13421/13421_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA RUA PERNAMBUCO PRÓXIMO AO N° 3553 ENTRE AS RUAS LEÔNIDAS SCHIWINDT E MARIA_x000D_
 ZULMIRA NO BAIRRO SÃO ROQUE.</t>
   </si>
   <si>
     <t>13524</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13524/13524_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13524/13524_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E PINTURA DO MARCO DO CENTENÁRIO.</t>
   </si>
   <si>
     <t>13439</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13439/13439_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13439/13439_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade da criação do auxílio de transporte escolar para todos os alunos matriculados em escolas de nossa cidade.</t>
   </si>
   <si>
     <t>13453</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13453/13453_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13453/13453_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE CALÇAMENTO DA RUA NOSSA SENHORA DAS GRAÇAS, ENTRE A RUA AFONSO PENA E RUA INTERLAGOS, NO BAIRRO MANOEL VALINHAS.</t>
   </si>
   <si>
     <t>13452</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13452/13452_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13452/13452_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE LIMPEZA DE CÓRREGO QUE PASSA ENTRE OS BAIRROS ORION E L.P. PEREIRA.</t>
   </si>
   <si>
     <t>13523</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13523/13523_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13523/13523_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PÚBLICA ADEQUADA DA RUA BUENOS AIRES NO BAIRRO SAGRADA FAMÍLIA.</t>
   </si>
   <si>
     <t>13451</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13451/13451_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13451/13451_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE CALÇAMENTO DA RUA URUGUAIANA, ENTRE A RUA JOSÉ RACHID E RUA FRANCISCO LAMOUNIER, NO BAIRRO MANGABEIRA.</t>
   </si>
   <si>
     <t>13473</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13473/13473_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13473/13473_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE CALÇAMENTO DA RUA PAULO FERREIRA SILVA, ENTRE AS RUAS HAVANA E RUA GUATEMALA, NO BAIRRO SANTA_x000D_
 ROSA.</t>
   </si>
   <si>
     <t>13474</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13474/13474_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13474/13474_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE CALÇAMENTO DA RUA GUATEMALA, ENTRE AS RUAS ROSA FONSECA E SILVA E RUA FRANCISCO BORGES DE FARIA,_x000D_
 NO BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>13472</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13472/13472_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13472/13472_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO AGENTES COMUNITÁRIOS NO BAIRRO NAÇÕES.</t>
   </si>
   <si>
     <t>13450</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13450/13450_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13450/13450_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO UM CIRCUITO DE CICLOFAIXAS NO CENTRO DE DIVINÓPOLIS COM TRÂNSITO EXCLUSIVO PARA CICLISTAS, EM UMA DAS FAIXAS DE TRÂNSITO DE AUTOMÓVEIS, NOS DOMINGOS E FERIADOS, NO SEGUINTE TRAJETO:_x000D_
 &amp;#8211; PARTINDO DA AV. 1° DE JUNHO, SUBINDO A RUA GOIÁS ATÉ A AV. PARANÁ, RETORNANDO PELA RUA PERNAMBUCO, PASSANDO PELA AV. GETÚLIO VARGAS E PELA PRAÇA DA CATEDRAL, FECHANDO O CIRCUITO NOVAMENTE NA AV. 1° DE JUNHO.</t>
   </si>
   <si>
     <t>13471</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13471/13471_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13471/13471_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAR UM POSTE COM LUMINÁRIA NA RUA PADRE MATIAS LOBATO PRÓXIMO AO NÚMERO 161 NO BAIRRO SANTA LÚCIA.</t>
   </si>
   <si>
     <t>13470</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13470/13470_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13470/13470_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANTEPROJETO - PROJETO DE LEI COMPLEMENTAR INCLUINDO NO ESTATUTO DO SERVIDOR PÚBLICO MUNICIPAL O ABONO, MEDIANTE ATESTADO MÉDICO, DOS DIAS NECESSÁRIOS PELA GESTANTE PARA A REALIZAÇÃO DO PRÉ-NATAL.</t>
   </si>
   <si>
     <t>13475</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13475/13475_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13475/13475_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE CALÇAMENTO DA RUA DOUTOR DULPHE PINTO AGUIAR, ENTRE A RUA JOSÉ FRANCISCO XAVIER E RUA MARCO ANTÔNIO SILVA, NO BAIRRO TIETÊ.</t>
   </si>
   <si>
     <t>13476</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13476/13476_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13476/13476_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de patrolamento da estrada de Buritis, aquela que dá acesso a Comunidade da Fazenda do Antigo Café Divinópolis, nesta cidade.</t>
   </si>
   <si>
     <t>13477</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13477/13477_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13477/13477_texto_integral.pdf</t>
   </si>
   <si>
     <t>RENOVAÇÃO DO TERMO DE COMODATO COM O RENASCER CENTRO DE CONVIVÊNCIA DE 3ª IDADE, LOCALIZADO NA AVENIDA ANTÔNIO NETO Nº 1768, BAIRRO DANILO PASSOS.</t>
   </si>
   <si>
     <t>13522</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13522/13522_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13522/13522_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANUTENÇAO NO ITINERÁRIO DO ÔNIBUS DA LINHA 43 - PLANALTO - SÃO SIMÃO.</t>
   </si>
   <si>
     <t>13484</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13484/13484_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13484/13484_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZADOS ESPAÇOS EM TODOS OS EVENTOS REALIZADOS E/OU APOIADOS PELA PREFEITURA MUNICIPAL, QUE SERÃO EXPLORADOS COMERCIALMENTE POR ENTIDADES QUE TENHAM RECONHECIMENTO DE UTILIDADE PÚBLICA, COM A RENDA REVERTIDA PARA A MANUTENÇÃO DOS TRABALHOS SOCIAIS.</t>
   </si>
   <si>
     <t>13483</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13483/13483_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13483/13483_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANTEPROJETO - INSTITUI O CRÉDITO EDUCATIVO PARA CUSTEIO DE ANUIDADES DE ESTUDANTES DE CURSO SUPERIOR NO MUNICÍPIO DE DIVINÓPOLIS E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>13547</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13547/13547_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13547/13547_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SERVIÇO - PONTE QUE LIGA O PORTO VELHO E O ESPLANADA.</t>
   </si>
   <si>
     <t>13546</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13546/13546_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13546/13546_texto_integral.pdf</t>
   </si>
   <si>
     <t>FALTA DE MÉDICOS NO POSTO DO BAIRRO MORADA NOVA.</t>
   </si>
   <si>
     <t>13482</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13482/13482_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13482/13482_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO DA RUA LAGOA DA PRATA ENTRE A RUA PARANA E RUA FRANCISCO FERNANDO FERNANDES NO BAIRRO BELVEDERE.</t>
   </si>
   <si>
     <t>13481</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13481/13481_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13481/13481_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO NAS RUAS TUCURUÇA E MACHADO DE ASSIS EM TORNO DA IGREJA SÃO FRANCISCO DE ASSIS NO BAIRRO BELVEDERE.</t>
   </si>
   <si>
     <t>13488</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13488/13488_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13488/13488_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANTEPROJETO - ESTABELECE NORMAS SOBRE O SERVIÇO DE SEGURANÇA ESPECIALIZADA EM EVENTOS PARTICULARES REALIZADOS NO MUNICIPIO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>13502</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13502/13502_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13502/13502_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE LUMINÁRIA A RUA OITO, PRÓXIMO AO NÚMERO 88, NO BAIRRO FLORESTA.</t>
   </si>
   <si>
     <t>13501</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13501/13501_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13501/13501_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE DOIS POSTES E LUMINÁRIAS A RUA LEONIDAS SCHWINDT, ENTRE AS VIAS MINAS GERAIS E GOIÁS, NO BAIRRO_x000D_
 SÃO ROQUE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13511</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13511/13511_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13511/13511_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de colocação de 01 (um) poste de iluminação com Luminária na esquina da Rua Nicarágua com a rua Bom Jardim, no Bairro Prolongamento Nações, nesta cidade.</t>
   </si>
   <si>
     <t>13510</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13510/13510_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13510/13510_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de patrolamento em consequência colocação de cascalho/escória e compactação com rolo, na Rua Bom Jardim, no bairro Prolongamento Nações, nesta cidade.</t>
   </si>
   <si>
     <t>13564</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13564/13564_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13564/13564_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE PONTO DE ÔNIBUS COM COBERTURA NA LINHA DE ÔNIBUS, NA VILA DAS ROSEIRAS.</t>
   </si>
   <si>
     <t>13563</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13563/13563_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13563/13563_texto_integral.pdf</t>
   </si>
   <si>
     <t>CAPINA NA RUA BOM DESPACHO NO BAIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>13521</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13521/13521_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13521/13521_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PÚBLICA NO BAIRRO JARDINÓPOLIS.</t>
   </si>
   <si>
     <t>13562</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13562/13562_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13562/13562_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA VICENTE PAULO CHAVES BAIRRO SANTA LÚCIA.</t>
   </si>
   <si>
     <t>13572</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13572/13572_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13572/13572_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PÚBLICA NO PROGRAMA LUZ PARA TODOS NO SÍTIO SÃO JOSÉ NA COMUNIDADE DE PITEIRAS.</t>
   </si>
   <si>
     <t>13520</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13520/13520_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13520/13520_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE CALÇAMENTO DA RUA VENEZA, ENTRE A RUA PADRE ABEL E RUA OLÍMPIO OTÁVIO, NO BAIRRO PARAÍSO.</t>
   </si>
   <si>
     <t>13518</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13518/13518_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13518/13518_texto_integral.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE POSTE NA RUA CONTORNO, EM FRENTE AO Nº 1441, ENTRE A ALAMEDA RIO DO PEIXE E ALAMEDA RIO CRIXA, NO BAIRRO TIETÊ.</t>
   </si>
   <si>
     <t>13517</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13517/13517_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13517/13517_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de colocação de vários postes de iluminação com Luminárias na Rua Nicarágua acima do n.º 1361, Bairro Santa Rosa, nesta cidade.</t>
   </si>
   <si>
     <t>13561</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13561/13561_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13561/13561_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA JOSÉ MACHADO GONTIJO NO BAIRRO SANTA LÚCIA.</t>
   </si>
   <si>
     <t>13560</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13560/13560_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13560/13560_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PÚBLICA NA RUA ANTÔNIO MARTINS CAMPOS NO BAIRRO JARDIM DAS OLIVEIRAS.</t>
   </si>
   <si>
     <t>13545</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13545/13545_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13545/13545_texto_integral.pdf</t>
   </si>
   <si>
     <t>REMETER A ESTA EGRÉGIA CASA LEGISLATIVA, POR SER DE SUA INICIATIVA PRIVATIVA, UM PROJETO DE LEI CONCEDENDO, AOS ESTUDANTES DA UNIVERSIDADE FEDERAL DE SÃO JOÃO DEL - REI CAMPUS DIVINÓPOLIS, BENEFÍCIO DE 50% (CINQUENTA_x000D_
 POR CENTO) DO VALOR DA TARIFA DE TRANSPORTE COLETIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>13544</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13544/13544_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13544/13544_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a roça, capina e limpeza, em toda extensão , da rua Capitólio, no Bairro Planalto, nesta.</t>
   </si>
   <si>
     <t>13543</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13543/13543_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13543/13543_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a roça, capina e limpeza, em toda extensão, na Av. Liber, no Bairro Vila Romana, nesta.</t>
   </si>
   <si>
     <t>13559</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13559/13559_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13559/13559_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO DA RUA VENEZUELA.</t>
   </si>
   <si>
     <t>13571</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13571/13571_texto_integral.doc</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13571/13571_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PASSARELA DE PEDESTRES NA RUA CEL.JÚLIO RIBEIRO NO BAIRRO ESPLANADA.</t>
   </si>
   <si>
     <t>13570</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13570/13570_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13570/13570_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA DIOGENES DUARTE NO BAIRRO BELVEDERE.</t>
   </si>
   <si>
     <t>13583</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13583/13583_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13583/13583_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ALFREDO RACHID NO BAIRRO SÃO ROQUE.</t>
   </si>
   <si>
     <t>13582</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13582/13582_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13582/13582_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA JESUS MOREIRA DOS SANTOS NO BAIRRO JOVELINO RABELO.</t>
   </si>
   <si>
     <t>13542</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13542/13542_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13542/13542_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO DO ENTORNO DO POLO TURÍSTICO RELIGIOSO DO SANTUÁRIO DE NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
     <t>13581</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13581/13581_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13581/13581_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA FLORA NO BAIRRO VILA ROMANA.</t>
   </si>
   <si>
     <t>13569</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13569/13569_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13569/13569_texto_integral.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO NA VIA ÁPIA NO BAIRRO VILA ROMANA.</t>
   </si>
   <si>
     <t>13558</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13558/13558_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13558/13558_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO NA RUA BOM JARDIM, NAS PROXIMIDADES DO Nº 290, BAIRRO PORTO VELHO.</t>
   </si>
   <si>
     <t>13577</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13577/13577_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13577/13577_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA PARA A AVENIDA TENECI ENTRE A RUA PIRINEUS E RUA PAQUETA, NO BAIRRO JARDIM FLORAMAR.</t>
   </si>
   <si>
     <t>13557</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13557/13557_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13557/13557_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DE RUA ASCENDINO CAMPOS.</t>
   </si>
   <si>
     <t>13568</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13568/13568_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13568/13568_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CICLOFAIXA NO CENTRO E BAIRROS.</t>
   </si>
   <si>
     <t>13567</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13567/13567_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13567/13567_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DE ITINERÁRIO DA LINHA 43 DE ÔNIBUS.</t>
   </si>
   <si>
     <t>13566</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13566/13566_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13566/13566_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ISENÇÃO DE TAXA DE INSCRIÇÃO NA CORRIDA DE PENTECOSTES DAS PESSOAS COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>13565</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13565/13565_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13565/13565_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESTAURAÇÃO E TOMBAMENTO DA ASSINATURA DO EX-PRESIDENTE JK.</t>
   </si>
   <si>
     <t>13603</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13603/13603_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13603/13603_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PÚBLICA NO BAIRRO VILA ROMANA.</t>
   </si>
   <si>
     <t>13604</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13604/13604_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13604/13604_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LUMINÁRIA - RUA GUARITÁ NÚMERO 451  ESQUINA COM RUA FIGUEIRA NO BAIRRO JARDINÓPOLIS</t>
   </si>
   <si>
     <t>13580</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13580/13580_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13580/13580_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de colocação de 01 (um) redutor de velocidade, na Av. Antônio Fonseca Filho, próximo ao n.º 780, no Bairro Interlagos, nesta cidade.</t>
   </si>
   <si>
     <t>13602</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13602/13602_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13602/13602_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO E CONCLUSÃO DA REDE PLUVIAL DO BAIRRO FLORESTA.</t>
   </si>
   <si>
     <t>13601</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13601/13601_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13601/13601_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">GUARITA PARA ÔNIBUS NA RUA ORCELINIO PIRES ESQUINA COM RUA MANGUEIRAS-BAIRRO FLORESTA._x000D_
 </t>
   </si>
   <si>
     <t>13617</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13617/13617_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13617/13617_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE RAMPA DE ACESSIBILIDADE NA ESQUINA DO DIVISHOP.</t>
   </si>
   <si>
     <t>13628</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13628/13628_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13628/13628_texto_integral.pdf</t>
   </si>
   <si>
     <t>MUSEU DA CATEDRAL.</t>
   </si>
   <si>
     <t>13629</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13629/13629_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13629/13629_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DO DTC.</t>
   </si>
   <si>
     <t>13636</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13636/13636_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13636/13636_texto_integral.pdf</t>
   </si>
   <si>
     <t>OBRAS NO PARQUE DA ILHA.</t>
   </si>
   <si>
     <t>13600</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13600/13600_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13600/13600_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO DAS RUAS LATERAIS DA PRAÇA CORVINO DINIZ COSTA,NO DISTRITO DE SANTO ANTÔNIO DOS CAMPOS.</t>
   </si>
   <si>
     <t>13616</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13616/13616_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13616/13616_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de colocação de 01 (uma) Luminária em poste já existente na Rua Mendes Mourão, entre os quarteirões da rua Maranhão e Mato Grosso, no Bairro Jardim Nova América, nesta cidade.</t>
   </si>
   <si>
     <t>13623</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13623/13623_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13623/13623_texto_integral.pdf</t>
   </si>
   <si>
     <t>DOAÇÃO DE IMÓVEL PARA A ASSOCIAÇÃO CORAÇÃO DE CRIANÇA.</t>
   </si>
   <si>
     <t>13615</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13615/13615_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13615/13615_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE RAMPA DE ACESSO NA RUA SANTA CATARINA.</t>
   </si>
   <si>
     <t>13614</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13614/13614_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13614/13614_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DO ACESSO AO SANTUÁRIO DE SÃO FREI GALVÃO.</t>
   </si>
   <si>
     <t>13660</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13660/13660_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13660/13660_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DO CÓRREGO QUE SE ENCONTRA NO BAIRRO SÃO ROQUE.</t>
   </si>
   <si>
     <t>13630</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13630/13630_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13630/13630_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE QUEBRA-MOLAS NA RUA FERNÃO DIAS, 710, BAIRRO PORTO VELHO.</t>
   </si>
   <si>
     <t>13631</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13631/13631_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13631/13631_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE QUEBRA-MOLAS NA RUA JOAQUIM NABUCO, 619, BAIRRO PORTO VELHO.</t>
   </si>
   <si>
     <t>13687</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13687/13687_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13687/13687_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PODA DE ÁRVORE NA RUA MINAS GERAIS, PRÓXIMO AO Nº 869 &amp;#8211; CENTRO, NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13701</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13701/13701_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13701/13701_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA MARIA MOURA NO BAIRRO JUSA FONSECA.</t>
   </si>
   <si>
     <t>13661</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13661/13661_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13661/13661_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAIXA DE PEDESTRES NA RUA MINISTRO GABRIEL PASSOS, ESQUINA COM RUA BOM SUCESSO NO BAIRRO INTERLAGOS.</t>
   </si>
   <si>
     <t>13645</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13645/13645_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13645/13645_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PÚBLICA DA COMUNIDADE RURAL DO CHORO, BEM COMO A SUBSTITUIÇÃO DAS LÂMPADAS ANTIGAS POR LÂMPADAS MODERNAS.</t>
   </si>
   <si>
     <t>13688</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13688/13688_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13688/13688_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EFETUAR O CALÇAMENTO, NA RUA NAGILE SALIM JURDI ENTRE AS RUAS BLUMENAU E RUA CINCO-BAIRRO SANTA LÚCIA._x000D_
 </t>
   </si>
   <si>
     <t>13689</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13689/13689_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13689/13689_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA NESCESIO DO NASCIMENTO BARRETO NO BAIRRO SANTA LÚCIA.</t>
   </si>
   <si>
     <t>13690</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13690/13690_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13690/13690_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA PEDRO MARTINS MACHADO NO BAIRRO SANTA LÚCIA.</t>
   </si>
   <si>
     <t>13680</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13680/13680_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13680/13680_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA AV.DAS PALMEIRAS NO BAIRRO JARDIM DAS ACÁCIAS.</t>
   </si>
   <si>
     <t>13679</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13679/13679_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13679/13679_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA OZORIA DE JESUS NO BAIRRO J.A. GONÇALVES.</t>
   </si>
   <si>
     <t>13678</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13678/13678_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13678/13678_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA GLÓRIA DE JESUS NO BAIRRO J.A. GONÇALVES.</t>
   </si>
   <si>
     <t>13677</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13677/13677_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13677/13677_texto_integral.pdf</t>
   </si>
   <si>
     <t>ELABORAÇÃO DE PROJETO DE LEI PARA INCORPORAÇÃO SERVIDORES DE CARREIRA DE FISCALIZAÇÃO DE NÍVEL SUPERIOR.</t>
   </si>
   <si>
     <t>13691</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13691/13691_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13691/13691_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE POSTE DE ILUMINAÇÃO NA RUA HONDURAS, NO BAIRRO SAGRADA FAMÍLIA.</t>
   </si>
   <si>
     <t>13676</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13676/13676_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13676/13676_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE TAPA BURACOS NA AV. BRASÍLIA, NO BAIRRO BELVEDERE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13675</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13675/13675_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13675/13675_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUIR UMA CALÇADA NOS ARREDORES DO &amp;#8220;CEMITÉRIO DA SAUDADE&amp;#8221;, BAIRRO BELVEDERE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13673</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13673/13673_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13673/13673_texto_integral.pdf</t>
   </si>
   <si>
     <t>CANALIZAÇÃO DE ÁGUAS PLUVIAIS OU CANALETA COM GRADE DE SEGURANÇA NA RUA CAIO NOTINI, NÚMERO 131 NO BAIRRO NOSSA SENHORA DAS GRAÇAS.</t>
   </si>
   <si>
     <t>13674</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13674/13674_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13674/13674_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS INDICATIVAS DE NOMES DE RUAS, PRAÇAS E AVENIDAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13671</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13671/13671_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13671/13671_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO NA AV. PAULO VI EM FRENTE A IGREJA NOSSA SENHORA DO ROSÁRIO NO BAIRRO VILA ROMANA.</t>
   </si>
   <si>
     <t>13705</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13705/13705_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13705/13705_texto_integral.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO DA RUA URUGUAI E MARIA ALMEIDA DE FARIA NO BAIRRO DONA ROSA.</t>
   </si>
   <si>
     <t>13706</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13706/13706_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13706/13706_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de colocação de poste com luminária na Rua Guatemala, em frente ao n.º 870, no bairro Santa Rosa, nesta cidade.</t>
   </si>
   <si>
     <t>13765</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13765/13765_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13765/13765_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE RETIRADA DE ENTULHO DA RUA CALIFÓRNIA NO 480, ENTRE RUA JOSÉ TEODORO FERREIRA E RUA ROSA FONSECA E SILVA NO BAIRRO SANTA ROSA E TAMBÉM A COLOCAÇÃO DE UMA PLACA PROIBINDO JOGAR LIXO._x000D_
 </t>
   </si>
   <si>
     <t>13731</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">EFETUAR O CALÇAMENTO, NA RUA GOIÁS ENTRE A RUA MARTIN ALVINA TAVARES E RUA GERALDO CRUZ-BAIRRO SÃO ROQUE._x000D_
 </t>
   </si>
   <si>
     <t>13730</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13730/13730_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13730/13730_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR QUE O BUEIRO FEITO NA RUA VICENTE ALVES DOS SANTOS, NÚMERO 90, BAIRRO QUINTINO, SEJA REBAIXADO OU QUE SE FAÇA A CANALETA NOVAMENTE E/OU COLOCAR OUTRO BUEIRO.</t>
   </si>
   <si>
     <t>13729</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13729/13729_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13729/13729_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE RECOMPOSIÇÃO ASFÁLTICA E TAPAR BURACO, NA AV. ROSELÂNDIA, NÚMERO 670 NO BAIRRO CASA NOVA.</t>
   </si>
   <si>
     <t>13728</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13728/13728_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13728/13728_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE CALÇAMENTO DA RUA CREPÚSCULO, ENTRE A RUA ASA DELTA E RUA CRISTO REDENTOR, NO BAIRRO CAMPINA VERDE, CONFORME JÁ FOI SOLICITADO NO DIA 28/04/2011._x000D_
 </t>
   </si>
   <si>
     <t>13740</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13740/13740_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13740/13740_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE ABRIR A RUA CONCÓRDIA PARA DAR ACESSO À PONTE DO BAIRRO MANOEL VALINHAS, SITUADA EM FRENTE AO SHOPPING PÁTIO DIVINÓPOLIS E FAZER DEGRAUS NA PONTE PARA DAR ACESSO AOS MORADORES QUE UTILIZAM A MESMA._x000D_
 </t>
   </si>
   <si>
     <t>13727</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13727/13727_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13727/13727_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CAPINA NA RUA MARIA IMACULADA DO VALE, PRÓXIMO AO Nº 71 (FINAL DA RUA), NO BAIRRO SANTA TEREZA,  NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13726</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13726/13726_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13726/13726_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FAZER UMA FAIXA PARA PEDESTRES EM FRENTE O COLÉGIO ROBERTO CARNEIRO, NA AVENIDA PARANÁ,Nº 1181,SIDIL,  NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13833</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13833/13833_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13833/13833_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A IMPLANTAÇÃO UM REDUTOR DE VELOCIDADE NO INÍCIO DA RUA GABRIEL PASSOS,  PRÓXIMO AO PORTÃO DA GERDAU, NO BAIRRO PORTO VELHO, NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13832</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13832/13832_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13832/13832_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A INSTALAÇÃO DE UMA LUMINÁRIA NA RUA FORMIGA, BEM PRÓXIMO AO MURO DA GERDAU, NO BAIRRO PORTO VELHO, NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13739</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13739/13739_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13739/13739_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXTENSÃO DE REDE ELÉTRICA PARA A RUA LEÃO XIII NÚMERO 361, NO BAIRRO VILA ROMANA._x000D_
 </t>
   </si>
   <si>
     <t>13764</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13764/13764_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13764/13764_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE CALÇAMENTO DA ALAMEDA RIO VERMELHO, NO 441, ENTRE A ALAMEDA RIO DO SONO E ALAMEDA RIO DA PALMA, NO BAIRRO TIETÊ._x000D_
 </t>
   </si>
   <si>
     <t>13828</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13828/13828_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13828/13828_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A INSTALAÇÃO DE UM SEMÁFORO NA RUA ITAMBÉ COM GOIÁS, NO BAIRRO PLANALTO, NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13738</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13738/13738_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13738/13738_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANTEPROJETO - SOLICITA NOVA REDAÇÃO NA LEI COMPLEMENTAR Nº 049 DE 02/12/2012.</t>
   </si>
   <si>
     <t>13766</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13766/13766_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13766/13766_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXTENSÃO DE REDE ELÉTRICA, COLOCANDO UM POSTE COM LUMINÁRIA, NA RUA ONZE, NO 272, ENTRE AS RUAS NOVE E RUA TREZE, NO BAIRRO COPACABANA._x000D_
 </t>
   </si>
   <si>
     <t>13772</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13772/13772_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13772/13772_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ILUMINAÇÃO ADEQUADA E SUFICIENTE NA RUA MARECHAL HERMES DA FONSECA, NO BAIRRO HALIM SOUKI, EM NOSSO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13773</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13773/13773_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13773/13773_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE CAPINA E LIMPEZA NA RUA MARECHAL HERMES DA FONSECA, NO BAIRRO HALIM SOUKI, EM NOSSO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13781</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13781/13781_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13781/13781_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REMANEJAMENTO DO ESTACIONAMENTO DE MOTO LOCALIZADO NA RUA GOIÁS E NA AV. ANTÔNIO OLÍMPIO DE MORAIS PRÓXIMO AO NÚMERO Nº 384 PARA ESTACIONAMENTO DE CARGA/DESCARGA DE CAMINHÕES._x000D_
 </t>
   </si>
   <si>
     <t>13767</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13767/13767_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13767/13767_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ABERTURA E ASFALTAMENTO DO TRECHO DA VIA DE ACESSO QUE LIGA A RODOVIA AMG 335 ATÉ O BAIRRO JARDIM PRIMAVERA, NO DISTRITO DE SANTO ANTÔNIO DOS CAMPOS, NESTA CIDADE._x000D_
 </t>
   </si>
   <si>
     <t>13792</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13792/13792_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13792/13792_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLETA DE LIXO NO BAIRRO SÃO LUCAS.</t>
   </si>
   <si>
     <t>13768</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13768/13768_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13768/13768_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de colocação de poste de iluminação com Luminária na Rua Olímpio Moreira, em frente ao n.º 1470, Bairro Jardim Dona Quita, nesta cidade.</t>
   </si>
   <si>
     <t>13769</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13769/13769_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13769/13769_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">COLOCAÇÃO DE UM POSTE EQUIPADO NA RUA MARIA JOSÉ NOTINI PRÓXIMO AO N° 630 QUARTEIRÃO ENTRE AS RUAS JOSÉ AFONSO MICHELINE E DONA MARIA DAS DORES NO BAIRRO NOSSA SENHORA DAS GRAÇAS._x000D_
 </t>
   </si>
   <si>
     <t>13770</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13770/13770_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13770/13770_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EFETUAR O DESENTUPIMENTO DO BUEIRO NA RUA MURIAÉ ENTRE AS RUAS MANOEL BANDEIRA E GUSTAVO CORSÃO NO BAIRRO MORADA NOVA._x000D_
 </t>
   </si>
   <si>
     <t>13782</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13782/13782_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13782/13782_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, solicitando que seja estudada junto ao órgão competente do Executivo, a possibilidade de patrolamento e em consequência colocação de cascalho/escória na estrada da antiga Fazenda do Café Divinopolis, nesta cidade.</t>
   </si>
   <si>
     <t>13784</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13784/13784_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13784/13784_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDE PLUVIAL PARA A RUA ONZE, NO 272, BAIRRO COPACABANA.</t>
   </si>
   <si>
     <t>13794</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13794/13794_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13794/13794_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE LIMPEZA DA RUA ALICE FARIA, ENTRE A RUA DO CLUBE E RUA NOVO MÉXICO, PRÓXIMO AO NÚMERO 791 NO BAIRRO CAMPINA VERDE._x000D_
 </t>
   </si>
   <si>
     <t>13793</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13793/13793_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13793/13793_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">COLOCAÇÃO DE REDUTORES DE VELOCIDADE, NA RUA PERNAMBUCO, NO TRECHO COMPREENDIDO ENTRE AS RUAS MONTE SANTO E GUAPORÉ, NESTA CIDADE._x000D_
 </t>
   </si>
   <si>
     <t>13802</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13802/13802_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13802/13802_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ILUMINAÇÃO RESIDENCIAL E PÚBLICA DA RUA MONTE LÍBANO - BAIRRO VILA_x000D_
 OLARIA.</t>
   </si>
   <si>
     <t>13803</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13803/13803_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13803/13803_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A ILUMINAÇÃO RESIDENCIAL NA RUA ANA MARIA ENTRE A RUA EMBAÚBAS E RUA LERI DE OLIVEIRA PRÓXIMO AO Nº 1020 - BAIRRO PADRE HERCULANO._x000D_
 </t>
   </si>
   <si>
     <t>13797</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13797/13797_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13797/13797_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O SERVIÇO DE RETIRADA DE ORELHÃO SITUADO NO BAIRRO BOM PASTOR, NA RUA ITINGA, Nº 507.</t>
   </si>
   <si>
     <t>13798</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13798/13798_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13798/13798_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, solicitando que seja estudada junto ao órgão competente do Executivo, a possibilidade de patrolamento da rua Niterói, n.º 551, bairro Manoel Valinhas, nesta cidade.</t>
   </si>
   <si>
     <t>13796</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13796/13796_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13796/13796_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA FAZER A CAPTAÇÃO DA ÁGUA PLUVIAL QUE DESCE DAS RUAS ANTÔNIO ALVES DE PAULA E PARTE DA RUA BERNARDO DE BESSA BARRETO, QUE DESEMBOCAM NO TERRENO DE PROPRIEDADE DO SR. ROBERTO MAURO DE OLIVEIRA BARRETO, LOCALIZADO NO DISTRITO DE SANTO ANTÔNIO DOS CAMPOS, NESTA CIDADE.</t>
   </si>
   <si>
     <t>13804</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13804/13804_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13804/13804_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SERVIÇO DE CALÇAMENTO DA RUA CEREJEIRA, NO 851, NO BAIRRO JARDINÓPOLIS.</t>
   </si>
   <si>
     <t>13800</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13800/13800_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13800/13800_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PERMANÊNCIA DO ITINERÁRIO DO ÔNIBUS DA EMPRESA TRANCID, LINHA 15 SÃO ROQUE &amp;#8211; PARAÍSO.</t>
   </si>
   <si>
     <t>13819</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13819/13819_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13819/13819_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ASFALTAMENTO DA LINHA DE ÔNIBUS DO BAIRRO SÃO ROQUE, EM NOSSO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13820</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13820/13820_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13820/13820_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLIITA CALÇAMENTO DOS TRECHSO NO BAIRRO L. P. PEREIRA: RUA INHAPIM ENTRE SALINAS E RUA SERRA DO CRISTAL; RUA SALINAS ENTRE RUA INHAPIM E RUA PEDRO DE OLIVEIRA._x000D_
 </t>
   </si>
   <si>
     <t>13821</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13821/13821_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13821/13821_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA CALÇAMENTO DOS SEGUINTES TRECHOS NO BAIRRO QUINTINO: RUA PAULO CÉSAR DE ASSIS ENTRE AS RUAS VICENTE GOMES E ROSA MARIA; RUA PAULO CÉSAR DE ASSIS ENTRE AS RUAS JOSÉ TAVARES E ROSA MARIA CONCEIÇÃO E RUA PAULO CÉSAR DE ASSIS ENTRE AS RUA VICENTE GOMES E QUINTINO LOPES._x000D_
 </t>
   </si>
   <si>
     <t>13825</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13825/13825_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13825/13825_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ASFALTAMENTO DA LINHA DE ÔNIBUS E A CANALIZAÇÃO DO CÓRREGO, NO BAIRRO BELO VALE.</t>
   </si>
   <si>
     <t>13824</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13824/13824_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13824/13824_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A CONSTRUÇÃO DE UMA QUADRA DE ESPORTES COBERTA NO BAIRRO JARDINÓPOLIS._x000D_
 </t>
   </si>
   <si>
     <t>13823</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13823/13823_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13823/13823_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A EXECUÇÃO DOS SEGUINTES SERVIÇOS DE MELHORIAS NA RUA DILSON RIBEIRO DE MOURA ESQUINA COM A RUA ITINGA &amp;#8211; BAIRRO NOSSA SENHORA DA CONCEIÇÃO: MANUTENÇÃO DA REDE DE ESGOTO E CALÇAMENTO DAS VIAS._x000D_
 </t>
   </si>
   <si>
     <t>13801</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13801/13801_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13801/13801_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O SERVIÇO DE DRENAGEM DA ÁGUA PLUVIAL QUE DESCE DA RUA FRANCISCO ANTÔNIO SIMÕES, ENTRE AS RUAS JOSÉ FIRMINO E MORENO JOSÉ DE CASTRO, NO BAIRRO SANTA CRUZ, DISTRITO DE SANTO ANTÔNIO DOS CAMPOS, NESTA CIDADE._x000D_
 </t>
   </si>
   <si>
     <t>13809</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13809/13809_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13809/13809_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O SERVIÇO DE CALÇAMENTO DA RUA SERRA DO CRISTAL ENTRE AS RUAS PEDRO DE OLIVEIRA E RUA AIPIM, NO BAIRRO L.P.PEREIRA.</t>
   </si>
   <si>
     <t>13807</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13807/13807_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13807/13807_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, solicitando que seja estudada junto ao órgão competente do Executivo, a possibilidade de patrolamento e em consequência colocação de cascalho/escória na estrada do Cerradão, no Ferrador, próximo à Escola Municipal Pio da Silva, nesta cidade.</t>
   </si>
   <si>
     <t>13822</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13822/13822_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13822/13822_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de reparo da ponte que dá acesso a Comunidade Ribeirão do Servo, próximo a Capela Nossa Senhora de Lourdes e a casa do Sr. Marcelino, Município de Divinópolis.</t>
   </si>
   <si>
     <t>13831</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13831/13831_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13831/13831_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A ALTERAÇÃO DO DECRETO 4.748/2002, PARA ATENDER A SOLICITAÇÃO DAS EMPRESAS QUE POSSUEM OUTORGA CONCEDIDA PELO DNPM (DEPARTAMENTO NACIONAL DE PRODUÇÃO MINERAL)._x000D_
 </t>
   </si>
   <si>
     <t>13830</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13830/13830_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13830/13830_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A EXTENSÃO DE REDE ELÉTRICA, COLOCANDO UMA LUMINÁRIA NO POSTE QUE SE LOCALIZA EM FRENTE A CASA NA RUA QUITO, NO 241 ENTRE AS RUAS MONTEVIDEU E ASSUNÇÃO, NO BAIRRO BELVEDERE.</t>
   </si>
   <si>
     <t>13829</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13829/13829_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13829/13829_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, solicitando que seja estudada junto ao órgão competente do Executivo, a extensão de rede pluvial na rua Antônio Fonseca Filho esquina com Antônio Olímpio Moreira na altura dos números 945, 955,965 no bairro Interlagos, nesta cidade.</t>
   </si>
   <si>
     <t>13848</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13848/13848_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13848/13848_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA MELHORIAS NOS PASSEIOS E RUAS DO BAIRRO SANTA CLARA._x000D_
 </t>
   </si>
   <si>
     <t>13849</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13849/13849_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13849/13849_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A EXECUÇÃO DOS SEGUINTES SERVIÇOS DE MELHORIAS NO BAIRRO PRIMAVERA NO DISTRITO DE SANTO ANTÔNIO DOS CAMPOS: MANUTENÇÃO DA REDE DE ESGOTO; ASFALTAMENTO DA LINHA DE ÔNIBUS._x000D_
 </t>
   </si>
   <si>
     <t>13847</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13847/13847_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13847/13847_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O AUMENTO DO ESTACIONAMENTO DOS MOTOTAXICISTAS, LOCALIZADO NA AV. PRIMEIRO DE_x000D_
 JUNHO, EM FRENTE A PADARIA DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>13846</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13846/13846_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13846/13846_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de colocação de 01 (um) poste de iluminação com Luminária em frente ao Bar do Belo, situado na rua Havana, próximo ao n.º 870, no bairro Dona Rosa, nesta cidade.</t>
   </si>
   <si>
     <t>13852</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13852/13852_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13852/13852_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA EQUIPADO (ILUMINAÇÃO) UM  POSTE JÁ EXISTENTE NA RUA DONA MARIA GENEROSA, PRÓXIMO AO Nº 441 NO BAIRRO MANGABEIRAS. _x000D_
 </t>
   </si>
   <si>
     <t>13851</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13851/13851_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13851/13851_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de perfuração de um poço artesiano na Capela Nossa Senhora de Fátima, na Comunidade de Passagem, nesta cidade.</t>
   </si>
   <si>
     <t>13856</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13856/13856_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13856/13856_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de colocação de um poste de iluminação com luminária na rua Licínea Notini, em frente ao n.º 151, bairro Antônio Fonseca, nesta cidade.</t>
   </si>
   <si>
     <t>13855</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13855/13855_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13855/13855_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de calçamento da rua Licínea Notini, na altura do n.º 151, bairro Antônio Fonseca, nesta cidade.</t>
   </si>
   <si>
     <t>13854</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13854/13854_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13854/13854_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de reparo do calçamento da rua Faradim, n.º 781, bairro Itaí ( em frente à Distribuidora Haskell), nesta cidade.</t>
   </si>
   <si>
     <t>13869</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13869/13869_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13869/13869_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de reparo do calçamento no final da rua Peru esquina com a rua Paulo Ferreira da Silva, no bairro Santa Rosa, nesta cidade.</t>
   </si>
   <si>
     <t>13870</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13870/13870_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13870/13870_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">LIBERAÇÃO DE UM ALVARÁ PARA A DONA ALDEIR VENDER SALGADOS NO QUARTEIRÃO DA FACULDADE PITÁGORAS._x000D_
 </t>
   </si>
   <si>
     <t>13929</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>Gilmar do Davanuze</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13929/13929_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13929/13929_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">COLOCAÇÃO DE REDUTOR DE VELOCIDADE NA RUA JOÃO SEVERINO AZEVEDO ENTRE AS RUAS: ROBERTO NUNES MACHADO E BRUXELAS, RUA BOSTON E GUADALAJARAS E RUAS HENRIQUES LÍBANO RODRIGUES E RUA ATENAS. _x000D_
 </t>
   </si>
   <si>
     <t>13928</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13928/13928_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13928/13928_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE UMA OPERAÇÃO TAPA BURACO, NA RUA JOÃO SEVERINO AZEVEDO ENTRE AS RUAS HENRIQUE LIBANIO RODRIGUES E MARIA ANTÔNINA. _x000D_
 </t>
   </si>
   <si>
     <t>13927</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13927/13927_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13927/13927_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CALÇAMENTO DA RUA BAGE ENTRE BOM SUCESSO E RUA BOM JARDIM NO BAIRRO VALE DO SOL._x000D_
 </t>
   </si>
   <si>
     <t>13935</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13935/13935_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13935/13935_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REDUTOR DE VELOCIDADE RUA TIREZIO MENDES MOURÃO ENTRE AS RUAS JOSIAS CALDEIRAS E RUA JOSÉ PENHA LAINE, NO BAIRRO SANTA LÚCIA. _x000D_
 </t>
   </si>
   <si>
     <t>13936</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13936/13936_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13936/13936_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CALÇAMENTO DE DOIS QUARTEIRÕES DA RUA ALZIRA FONSECA SENDO PELAS ENTRE AS RUAS: BRUXELAS E BOSTON E ATENAS E RUA BOSTON, NO BAIRRO DAVANUZE._x000D_
 </t>
   </si>
   <si>
     <t>13871</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13871/13871_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13871/13871_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ABERTURA DA RUA JOSÉ TEODORO FERREIRA, INTERLIGANDO OS BAIRROS STA. ROSA E PE. EUSTÁQUIO._x000D_
                                                  _x000D_
 </t>
   </si>
   <si>
     <t>13874</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13874/13874_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13874/13874_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de doação de 01 (um) lote de terreno n.º 061, zona 36, quadra 327, sub lote 000, situado na rua Augusto de Oliveira Torres, no bairro Padre Eustáquio, nesta.</t>
   </si>
   <si>
     <t>13873</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13873/13873_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13873/13873_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FAZER UM DECRETO DE UTILIDADE PÚBLICA E DECRETO DE DESAPROPRIAÇÃO DO TERRENO ENTRE A ESTRADA DO CAJURU, RIO PARÁ E LINHA FÉRREA, DIVISANDO COM CENTRO LOGÍSTICO-FERRADURA, ELABORANDO PROJETOS TOPOGRÁFICOS DIVIDINDO GLEBAS SUPERIORES A 30,000 M2, REGISTRANDO-AS EM CARTÓRIO DE REGISTRO DE IMÓVEIS E APÓS REGISTRO, REQUERER NO INCRA A TRANSFORMAÇÃO DE AREA RURAL PARA AREA URBANA E CRIAR O ZONEAMENTO INDUSTRIAL,_x000D_
 </t>
   </si>
   <si>
     <t>13907</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13907/13907_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13907/13907_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDENCIAR REDE PLUVIAL PARA A RUA MANOEL ROSA, PARALELA COM A RUA PROFESSOR_x000D_
 MARTIN CYPRIEM NO BAIRRO BELA VISTA._x000D_
 </t>
   </si>
   <si>
     <t>13906</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13906/13906_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13906/13906_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXTENSÃO DE REDE ELÉTRICA NA RUA MONTEIRO LOBATO Nº 800, ESQUINA COM AV. PROFESSOR MARTIN CYPRIEM._x000D_
 </t>
   </si>
   <si>
     <t>13905</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13905/13905_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13905/13905_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE CALÇAMENTO DA RUA LAVÍNEA FONSECA,ESQUINA COM RUA CHILE, NO BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>13914</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13914/13914_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13914/13914_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ABERTURA DA AV. DO AÇO INTERLIGANDO OS BAIRROS INTERLAGOS E PONTE FUNDA._x000D_
 </t>
   </si>
   <si>
     <t>13937</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13937/13937_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13937/13937_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ASFALTAMENTO DA RUA JESUS JOTA, DA RUA DOLORES DE AGUIAR RABELO À UPA NO BAIRRO PONTE FUNDA._x000D_
 </t>
   </si>
   <si>
     <t>13915</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13915/13915_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13915/13915_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CAPINA E ILUMINAÇÃO ADEQUADA NA RUA MARECHAL HERMES DA FONSECA, NO BAIRRO HALIM SOUKI, EM NOSSO MUNICÍPIO, PERÍMETRO DA ANTIGA GARAGEM DA TRANCID._x000D_
 </t>
   </si>
   <si>
     <t>13932</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13932/13932_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13932/13932_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FALTAS CONSTANTES NO ABASTECIMENTO DE ÁGUA NOS BAIRROS PORTO VELHO E PADRE EUSTÁQUIO._x000D_
 </t>
   </si>
   <si>
     <t>13938</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13938/13938_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13938/13938_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE, NA PRAÇA CANDIDÉS, LOCALIZADA NO CRUZAMENTO DA RUA DR. RIBEIRO PENA COM RUA ITAPECERICA, NO BAIRRO NITERÓI, EM NOSSO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13913</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13913/13913_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13913/13913_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE UMA PISTA DE COOPER NA AV. DIVINO ESPÍRITO SANTO, NO BAIRRO SIDIL, INICIANDO NA RUA RIO GRANDE DO SUL COM TÉRMINO NO ENTORNO DA LAGOA DO SIDIL._x000D_
 </t>
   </si>
   <si>
     <t>13931</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13931/13931_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13931/13931_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ASFALTAMENTO DO ITINERÁRIO DA LINHA 20, NO BAIRRO BELO VALE, EM NOSSO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13930</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13930/13930_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13930/13930_texto_integral.pdf</t>
   </si>
   <si>
     <t>CANALIZAÇÃO DE PAVIMENTAÇÃO DO CÓRREGO DO BAIRRO BELO VALE.</t>
   </si>
   <si>
     <t>13939</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13939/13939_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13939/13939_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE CORRIMÃO NA ESCADARIA DA RUA ANTÔNIO OLÍMPIO DE OLIVEIRA, PRÓXIMO A IGREJA DO CENTRO DE ANTO ANTÔNIO DOS CAMPOS._x000D_
 </t>
   </si>
   <si>
     <t>13940</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13940/13940_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13940/13940_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE REDE ESGOTO E PAVIMENTAÇÃO DO BAIRRO JARDIM PRIMAVERA, EM SANTO ANTÔNIO DOS CAMPOS &amp;#8211; ERMIDA._x000D_
 </t>
   </si>
   <si>
     <t>13920</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13920/13920_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13920/13920_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de colocação de 01 (um) poste com luminária na Rua Forte de Copacabana em frente ao n.º 491, bairro Nova Fortaleza, nesta cidade.</t>
   </si>
   <si>
     <t>13921</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13921/13921_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13921/13921_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solcita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de colocação de 01 (um) poste com luminária na Rua Nicarágua em frente ao n.º 71, bairro Prolongamento Nações, nesta cidade.</t>
   </si>
   <si>
     <t>13945</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13945/13945_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13945/13945_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAÇÃO DE PLACAS EDUCATIVAS, INDICATIVAS E DE ALERTA NO ENTORNO DA ESCOLA ESTADUAL HELENA ANTIPOFF._x000D_
 </t>
   </si>
   <si>
     <t>13944</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13944/13944_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13944/13944_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDENCIAR REDE PLUVIAL PARA A RUA IPATINGA, ENTRE A RUA MIGUEL RODRIGUES E A RUA_x000D_
 DUARTE, PARA COLETAR ÁGUAS PLUVIAIS_x000D_
 </t>
   </si>
   <si>
     <t>13970</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13970/13970_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13970/13970_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ESGOTO E LIMPEZA DE FOSSA, QUE SE ENCONTRA NA AV. DOS TUBARÕES, Nº 821, BAIRRO CAMPINA VERDE.</t>
   </si>
   <si>
     <t>13976</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13976/13976_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13976/13976_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDENCIAR DOIS QUEBRA MOLAS PARA A RUA BARCELONA, ENTRE RUA JOÃO DIAS_x000D_
 E RUA MARÍLIA MOURA, NO BAIRRO JUSA FONSECA._x000D_
 </t>
   </si>
   <si>
     <t>13977</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13977/13977_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13977/13977_texto_integral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Prefeito Municipal, Vladimir de Faria Azevedo, a possibilidade de patrolamento e em consequência colocação de cascalho/escória na Av. Olímpio Moreira, n.º 15, bairro Dona Quita, nesta cidade.</t>
   </si>
   <si>
     <t>14012</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14012/14012_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14012/14012_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA DE FOSSA QUE SE ENCONTRA NA RUA JOSÉ FERREIRA LOPES FILHO, Nº 850, NO BAIRRO ITACOLOMI._x000D_
 </t>
   </si>
   <si>
     <t>14011</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14011/14011_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14011/14011_texto_integral.pdf</t>
   </si>
   <si>
     <t>13245</t>
   </si>
   <si>
     <t>MOCON</t>
   </si>
   <si>
     <t>Moção Congratulatória</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13245/13245_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13245/13245_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AOS 60 ANOS DA ACID &amp;#8211; ASSOCIAÇÃO COMERCIAL E INDUSTRIAL DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>13244</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13244/13244_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13244/13244_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AOS 10 ANOS - ZÉLIA BRANDÃO &amp;#8220;ABRE AS CORTINAS DO PASSADO&amp;#8221;.</t>
   </si>
   <si>
     <t>13247</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13247/13247_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13247/13247_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO ANIVERSÁRIO DE 01 ANO DO ESPAÇO DA DIVERSIDADE CULTURAL DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>13246</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13246/13246_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13246/13246_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO ANIVERSÁRIO DE 01 ANO DO PONTO DE CULTURA CASA DO IDOSO.</t>
   </si>
   <si>
     <t>13262</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13262/13262_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13262/13262_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO EXMO. SR. TENENTE CEL. JÚLIO TEODORO DOS SANTOS, A SER ENTREGUE NA SEDE DO VIGÉSIMO TERCEIRO BATALHÃO DA POLICIA MILITAR DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>13263</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13263/13263_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13263/13263_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. PAULO SERGIO DOS PRAZERES, A SER ENTREGUE NA PRÓ-HUMANA - SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL.</t>
   </si>
   <si>
     <t>13527</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13527/13527_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13527/13527_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO ROTARY DIVINÓPOLIS OESTEREUNIÃO ESPECIAL NO DIA 28/06/2012 APÓS A REUNIÃO ORDINÁRIA, NA SEDE DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>13327</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13327/13327_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13327/13327_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AOS 10 ANOS DA TV ALTEROSA EM DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>13342</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13342/13342_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13342/13342_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO EXMO. SR. LEVI FERNANDES PINTO.</t>
   </si>
   <si>
     <t>13343</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13343/13343_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13343/13343_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO EXMO. SR. MÁRCIO ARAÚJO DE LACERDA, DD. PREFEITO MUNICIPAL DE BELO HORIZONTE.</t>
   </si>
   <si>
     <t>13416</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13416/13416_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13416/13416_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA À LOJA MAÇÔNICA VÉRITAS VINCIT.</t>
   </si>
   <si>
     <t>13375</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13375/13375_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13375/13375_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA PELO &amp;#8220; RECONHECIMENTO DA UNIVERSIDADE ALICE SALOMON, NA ALEMANHA, AO_x000D_
 PROJETO FAZENDO ARTE.</t>
   </si>
   <si>
     <t>13374</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13374/13374_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13374/13374_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA PELOS 20 ANOS DA ESCOLA CRESCER-PODIUM.</t>
   </si>
   <si>
     <t>13529</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13529/13529_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13529/13529_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AOS DIÁRIOS ASSOCIADOS PELA TV 50 ANOS E 10 ANOS DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>13373</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13373/13373_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13373/13373_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. ANDRÉ GAUDÊNCIO IGNÁCIO DE ALMEIDA, MÉDICO ORTOPEDISTA ATUANTE PELO SISTEMA ÚNICO DE SAÚDE (SUS), A SER ENTREGUE EM REUNIÃO ESPECIAL APÓS A REUNIÃO ORDINÁRIA, DA QUINTA-FEIRA, DIA 29 DE MARÇO DE 2012.</t>
   </si>
   <si>
     <t>13506</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13506/13506_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13506/13506_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A CÉLIO FONSECA, A SER ENTREGUE EM REUNIÃO ESPECIAL APÓS A SESSÃO ORDINÁRIA DO DIA 29 DE_x000D_
 MARÇO DE 2012.</t>
   </si>
   <si>
     <t>13412</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13412/13412_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13412/13412_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO EXMO. SR. GERALDO CÉSAR DA SILVA. DD. PREFEITO MUNICIPAL DE CARMO DO CAJURU.</t>
   </si>
   <si>
     <t>13441</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13441/13441_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13441/13441_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A NIVALDO JOSÉ SANTANA JÚNIOR.</t>
   </si>
   <si>
     <t>13505</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13505/13505_texto_integral.odt</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13505/13505_texto_integral.odt</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A QUARTA IGREJA BATISTA EM DIVINÓPOLIS A SER ENTREGUE NO PLENÁRIO DIA 29/03/2012.</t>
   </si>
   <si>
     <t>13486</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13486/13486_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13486/13486_texto_integral.pdf</t>
   </si>
   <si>
     <t>Moção congratulatória à C&amp;A Acabamentos Ltda pelos 22 anos de serviços prestados à comunidade.</t>
   </si>
   <si>
     <t>13528</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13528/13528_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13528/13528_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SBT - SISTEMA BRASILEIRO DE TELEVISÃO PELO SEUS 30 ANOS.</t>
   </si>
   <si>
     <t>13783</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13783/13783_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13783/13783_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;50 ANOS DA REGULAMENTAÇÃO DA PROFISSÃO DE PSICÓLOGO NO BRASIL&amp;#8221;, A SER ENTREGUE EM REUNIÃO ESPECIAL._x000D_
 </t>
   </si>
   <si>
     <t>13700</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13700/13700_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13700/13700_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA PELOS 55 ANOS DA IGREJA PRESBITERIANA.</t>
   </si>
   <si>
     <t>13585</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13585/13585_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13585/13585_texto_integral.pdf</t>
   </si>
   <si>
     <t>Moção congratulatória em homenagem ao Sr. Thales Maia.</t>
   </si>
   <si>
     <t>13584</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13584/13584_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13584/13584_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA PELOS 45 ANOS DO LIONS CLUBE PIONEIRO.</t>
   </si>
   <si>
     <t>13627</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13627/13627_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13627/13627_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO ESCRITOR RUY FRANCA.</t>
   </si>
   <si>
     <t>13625</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13625/13625_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13625/13625_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO DEPUTADO ESTADUAL FABIANO TOLENTINO.</t>
   </si>
   <si>
     <t>13626</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13626/13626_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13626/13626_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO COLUNISTA PAULO HENRIQUE.</t>
   </si>
   <si>
     <t>13642</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13642/13642_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13642/13642_texto_integral.pdf</t>
   </si>
   <si>
     <t>Mpção congratulatória em homenagem à Empresa Açougue do Xará Ltda.</t>
   </si>
   <si>
     <t>13641</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13641/13641_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13641/13641_texto_integral.pdf</t>
   </si>
   <si>
     <t>Moção congratulatória em homenagem à Empresa Davanuze Materiais para Construção Ltda.</t>
   </si>
   <si>
     <t>13640</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13640/13640_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13640/13640_texto_integral.pdf</t>
   </si>
   <si>
     <t>Moção congratulatória em homenagem ao Depósito Construarte Ltda.</t>
   </si>
   <si>
     <t>13639</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13639/13639_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13639/13639_texto_integral.pdf</t>
   </si>
   <si>
     <t>Moção congratulatória em homenagem à Brazer Material de Construção Ltda.</t>
   </si>
   <si>
     <t>13638</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13638/13638_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13638/13638_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. LEANDRO HENRIQUE TAVARES MARTINS.</t>
   </si>
   <si>
     <t>13637</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13637/13637_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13637/13637_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A EMPRESA THV TRANSPORTES LTDA.</t>
   </si>
   <si>
     <t>13761</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13761/13761_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13761/13761_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;11 ANOS DO SALÃO CLÁUDIO PENA&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>13760</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13760/13760_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13760/13760_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;30 ANOS DA IMOBILIÁRIA CASA NOVA&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>13699</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13699/13699_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13699/13699_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA PELOS 12 ANOS DA AVIVAR ALIMENTOS.</t>
   </si>
   <si>
     <t>13698</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13698/13698_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13698/13698_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA PELOS 46 ANOS DO INESP._x000D_
 </t>
   </si>
   <si>
     <t>13759</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13759/13759_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13759/13759_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;16 ANOS DA DISCOVERY&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>13697</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13697/13697_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13697/13697_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA PELOS 30 ANOS DO MAGAZINE GOIÁS.</t>
   </si>
   <si>
     <t>13758</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13758/13758_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13758/13758_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;41 ANOS DAS LOJAS SANTO ANTÔNIO&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>13757</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13757/13757_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13757/13757_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;25 ANOS DA IBIUS CALÇADOS&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>13756</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13756/13756_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13756/13756_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;10 ANOS DA AMETISTA&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>13755</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13755/13755_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13755/13755_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;15 ANOS DA DIVICRED &amp;#8211; COOPERATIVA DE CRÉDITO DE DIVINÓPOLIS&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>13754</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13754/13754_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13754/13754_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;15 ANOS DO SPA VINCI&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>13763</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13763/13763_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13763/13763_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;15 ANOS DA FARMÁCIA BIODERME&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>13753</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13753/13753_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13753/13753_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;15 ANOS DA COMERCIAL CASA &amp; CAMPO LTDA&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>13762</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13762/13762_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13762/13762_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS 20 ANOS DA ARRANJO DECORAÇÕES._x000D_
 </t>
   </si>
   <si>
     <t>13752</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13752/13752_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13752/13752_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;20 ANOS DA CERVEJARIA SKEMA&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>13751</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13751/13751_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13751/13751_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;20 ANOS DO CENTRO DE MEDICINA INTEGRADA &amp;#8211; LIFE (CLINLIFE)</t>
   </si>
   <si>
     <t>13750</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13750/13750_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13750/13750_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;35 ANOS DA MADEIREIRA AMAZÔNICA&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>13749</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13749/13749_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13749/13749_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;35 ANOS DA IMOBILIÁRIA FRANCISCO IMÓVEIS&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>13748</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13748/13748_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13748/13748_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;40 ANOS DA DIVINÓPOLIS VEÍCULOS - DIVISA&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>13745</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13745/13745_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13745/13745_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS 47 ANOS DA SIDERÚRGICA VALINHOS._x000D_
 </t>
   </si>
   <si>
     <t>13746</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13746/13746_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13746/13746_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS 30 ANOS DA CONFECÇÃO STYLLEPOCH._x000D_
 </t>
   </si>
   <si>
     <t>13747</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13747/13747_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13747/13747_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS 34 ANOS DA DOBUS JEANS._x000D_
 </t>
   </si>
   <si>
     <t>13683</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13683/13683_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13683/13683_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. MATEUS DE ARAÚJO ABREU.</t>
   </si>
   <si>
     <t>13682</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13682/13682_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13682/13682_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO SR. EDGAR PEREIRA.</t>
   </si>
   <si>
     <t>13743</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13743/13743_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13743/13743_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS 25 ANOS DA EMOP &amp;#8211; EMPRESA MUNICIPAL DE OBRAS PÚBLICAS._x000D_
 </t>
   </si>
   <si>
     <t>13744</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13744/13744_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13744/13744_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS 05 ANOS DA ASSOCIAÇÃO DOS PRODUTORES RURAIS DA AGRICULTURA FAMILIAR DE DIVINÓPOLIS - APRAFAD_x000D_
 </t>
   </si>
   <si>
     <t>13702</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13702/13702_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13702/13702_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A SR. IRENE RODRIGUES PEREIRA.</t>
   </si>
   <si>
     <t>13696</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13696/13696_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13696/13696_texto_integral.pdf</t>
   </si>
   <si>
     <t>Moção congratulatória em homenagem à Empresa Eletro Chaves Niterói Ltda.</t>
   </si>
   <si>
     <t>13695</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13695/13695_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13695/13695_texto_integral.pdf</t>
   </si>
   <si>
     <t>Moção congratulatória em homenagem à Drogaria Nações.</t>
   </si>
   <si>
     <t>13842</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13842/13842_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13842/13842_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA Nº 076/2012 AO BISPO DOM TARCÍSIO NASCENTES DOS SANTOS.</t>
   </si>
   <si>
     <t>13741</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13741/13741_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13741/13741_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA A IGREJA EVANGÉLICA TRANSCULTURAL DO CALVÁRIO, A SER ENTREGUE EM REUNIÃO ESPECIAL NO DIA 30/08/2012._x000D_
 </t>
   </si>
   <si>
     <t>13811</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13811/13811_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13811/13811_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;10 ANOS DO PROGRAMA INTEGRAÇÃO AABB COMUNIDADE&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>13972</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13972/13972_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13972/13972_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA A OSMAR DOS SANTOS PINTO._x000D_
 </t>
   </si>
   <si>
     <t>13839</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13839/13839_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13839/13839_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A GERALDO LEMOS DA SILVA.</t>
   </si>
   <si>
     <t>13818</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13818/13818_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13818/13818_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA AO INSTITUTO SERVAS DE MARIA MINISTRAS DOS ENFERMOS.</t>
   </si>
   <si>
     <t>13971</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13971/13971_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13971/13971_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A SRA. FERNANDA LILIAN DE ALMEIDA.</t>
   </si>
   <si>
     <t>13840</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13840/13840_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13840/13840_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA À RÁDIO DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>13838</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13838/13838_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13838/13838_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA 084/2012 AO MÚSICO RODRIGO DE OLIVEIRA SILVA CONHECIDO COMO RODRIGO BERGALL.</t>
   </si>
   <si>
     <t>13841</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13841/13841_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13841/13841_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA Nº 085/2012 AOS AGENTES DE COMBATE À DENGUE DO MUNICÍPIO DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>13956</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13956/13956_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13956/13956_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA PELOS 25 ANOS DA UNIMED DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>13974</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13974/13974_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13974/13974_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO CONGRATULATÓRIA A SRA. MARTA CATARINA PEREIRA.</t>
   </si>
   <si>
     <t>14010</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14010/14010_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14010/14010_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AOS &amp;#8220;25 ANOS DA CONGREGAÇÃO DOS IRMÃOS DO GETSÊMANI DIVINÓPOLIS&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>14009</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14009/14009_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14009/14009_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO CONGRATULATÓRIA AO &amp;#8220;ANIVERSÁRIO DE 73 ANOS DO PADRE EUCLYDES&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>13241</t>
   </si>
   <si>
     <t>MOPES</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13241/13241_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13241/13241_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. GOMES ANTONIO ARAÚJO.</t>
   </si>
   <si>
     <t>13243</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13243/13243_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13243/13243_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE DAGMAR COSTA.</t>
   </si>
   <si>
     <t>13242</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13242/13242_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13242/13242_texto_integral.pdf</t>
   </si>
   <si>
     <t>13238</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13238/13238_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13238/13238_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE FRANCISCO RESENDE DE SOUZA.</t>
   </si>
   <si>
     <t>13240</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13240/13240_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13240/13240_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. NIVALDO DUTRA MENDONÇA.</t>
   </si>
   <si>
     <t>13239</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13239/13239_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13239/13239_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. MARIA APARECIDA VIEIRA FARIA &amp;#8220;DONA DIDI&amp;#8221;.</t>
   </si>
   <si>
     <t>13237</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13237/13237_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13237/13237_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE MÁRCIO FERREIRA JACQUES.</t>
   </si>
   <si>
     <t>13277</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13277/13277_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13277/13277_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE MARIA MARTA DE TOLEDO.</t>
   </si>
   <si>
     <t>13293</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13293/13293_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13293/13293_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. VALDIR DIAS FERREIRA.</t>
   </si>
   <si>
     <t>13296</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13296/13296_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13296/13296_texto_integral.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo passamento de Jovita Rita Ramos.</t>
   </si>
   <si>
     <t>13292</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13292/13292_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13292/13292_texto_integral.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo passamento de Francisco Cristovam da Fonseca.</t>
   </si>
   <si>
     <t>13295</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13295/13295_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13295/13295_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. HILDA DE SOUZA FERREIRA.</t>
   </si>
   <si>
     <t>13294</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13294/13294_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13294/13294_texto_integral.pdf</t>
   </si>
   <si>
     <t>13322</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13322/13322_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13322/13322_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE PAULO CÉLIO COSTA.</t>
   </si>
   <si>
     <t>13307</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13307/13307_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13307/13307_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE JOSÉ PINTO DA SILVA.</t>
   </si>
   <si>
     <t>13324</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13324/13324_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13324/13324_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE MARIA JOSÉ ELÓI.</t>
   </si>
   <si>
     <t>13321</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13321/13321_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13321/13321_texto_integral.pdf</t>
   </si>
   <si>
     <t>13323</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13323/13323_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13323/13323_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE PEDRO DE ASSIS RIBEIRO.</t>
   </si>
   <si>
     <t>13325</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13325/13325_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13325/13325_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE SRA. MARIA JOSÉ ELÓI.</t>
   </si>
   <si>
     <t>13340</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13340/13340_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13340/13340_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE JESUS GONÇALVES SILQUEIRA.</t>
   </si>
   <si>
     <t>13341</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13341/13341_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13341/13341_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. JESUS SILQUEIRA.</t>
   </si>
   <si>
     <t>13353</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13353/13353_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13353/13353_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE DR. JESUM ANTÔNIO ASSIF.</t>
   </si>
   <si>
     <t>13356</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13356/13356_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13356/13356_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE JOÃO MARTINS SOARES.</t>
   </si>
   <si>
     <t>13364</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13364/13364_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13364/13364_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. ISAURO BELARMINO NETO.</t>
   </si>
   <si>
     <t>13377</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13377/13377_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13377/13377_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. ILÍDIA MARIA DA SILVA.</t>
   </si>
   <si>
     <t>13376</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13376/13376_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13376/13376_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. MARIA DA CONCEIÇÃO LIMA.</t>
   </si>
   <si>
     <t>13408</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13408/13408_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13408/13408_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. ELENA TERESINHA SILVA.</t>
   </si>
   <si>
     <t>13407</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13407/13407_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13407/13407_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. ELENA TERESINA SILVA.</t>
   </si>
   <si>
     <t>13414</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13414/13414_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13414/13414_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. BRAULINA ALVES DE BARROS.</t>
   </si>
   <si>
     <t>13413</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13413/13413_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13413/13413_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE MILTON FONSECA.</t>
   </si>
   <si>
     <t>13415</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13415/13415_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13415/13415_texto_integral.pdf</t>
   </si>
   <si>
     <t>13434</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13434/13434_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13434/13434_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE ALZIRA GOMES GONTIJO.</t>
   </si>
   <si>
     <t>13432</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13432/13432_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13432/13432_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. ANTÔNIO NARCIZO DAMASCENO.</t>
   </si>
   <si>
     <t>13433</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13433/13433_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13433/13433_texto_integral.pdf</t>
   </si>
   <si>
     <t>13462</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13462/13462_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13462/13462_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE MARIA ANTÔNIA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>13463</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13463/13463_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13463/13463_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE INÁCIO GUIMARÃES DO AMARAL.</t>
   </si>
   <si>
     <t>13485</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13485/13485_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13485/13485_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. INÁCIO GUIMARÃES DO AMARAL.</t>
   </si>
   <si>
     <t>13494</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13494/13494_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13494/13494_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SENHORA MARIA JOSÉ DE MELO</t>
   </si>
   <si>
     <t>13526</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13526/13526_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13526/13526_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. ROSÂNGELA MARIA DOS SANTOS.</t>
   </si>
   <si>
     <t>13525</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13525/13525_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13525/13525_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. GENI LUIZA DOS SANTOS.</t>
   </si>
   <si>
     <t>13535</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13535/13535_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13535/13535_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE MARCOS ANTÔNIO DA COSTA.</t>
   </si>
   <si>
     <t>13536</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13536/13536_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13536/13536_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. CELINA NEVES.</t>
   </si>
   <si>
     <t>13643</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13643/13643_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13643/13643_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. DALVA NOGUEIRA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>13644</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13644/13644_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13644/13644_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE OSMAR BARBOSA LAGARES.</t>
   </si>
   <si>
     <t>13681</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13681/13681_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13681/13681_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. CARMELITA NORVINA TEIXEIRA.</t>
   </si>
   <si>
     <t>13694</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13694/13694_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13694/13694_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. EDSON BARBOSA DOS REIS.</t>
   </si>
   <si>
     <t>13693</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13693/13693_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13693/13693_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO  SR.   EDSON   DOS   REIS   BARBOSA.</t>
   </si>
   <si>
     <t>13720</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13720/13720_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13720/13720_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR PELO PASSAMENTO DO SENHOR ADIOLÉLIS REZENDE DE OLIVEIRA._x000D_
 </t>
   </si>
   <si>
     <t>13719</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13719/13719_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13719/13719_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. RAIMUNDA MORATO REGINO._x000D_
 </t>
   </si>
   <si>
     <t>13718</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13718/13718_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13718/13718_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. ISABEL PEREIRA DA SILVA._x000D_
 </t>
   </si>
   <si>
     <t>13771</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13771/13771_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13771/13771_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR PELO PASSAMENTO DO SR. CUSTÓDIO MACHADO._x000D_
 </t>
   </si>
   <si>
     <t>13799</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13799/13799_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13799/13799_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. ESMERALDA FIDÉLIS DE MELO.</t>
   </si>
   <si>
     <t>13806</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13806/13806_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13806/13806_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. SÔNIA MARIA SILVEIRA LEÃO.</t>
   </si>
   <si>
     <t>13872</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13872/13872_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13872/13872_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR PELO PASSAMENTO DE RAIMUNDA DOS SANTOS CASSEMIRO._x000D_
 </t>
   </si>
   <si>
     <t>13908</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13908/13908_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13908/13908_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DE DAICE LOPES LEITE.</t>
   </si>
   <si>
     <t>13875</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13875/13875_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13875/13875_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR PELO PASSAMENTO DE ARAILTON FRANCISCO DE OLIVEIRA._x000D_
 </t>
   </si>
   <si>
     <t>13876</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13876/13876_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13876/13876_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR PELO PASSAMENTO DE ARI BERNARDES CAMPOS._x000D_
 </t>
   </si>
   <si>
     <t>13917</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13917/13917_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13917/13917_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SENHOR MANOEL MESSIAS DE MESQUITA.</t>
   </si>
   <si>
     <t>13918</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13918/13918_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13918/13918_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SENHOR JESUS BARBOSA.</t>
   </si>
   <si>
     <t>13923</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13923/13923_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13923/13923_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SENHOR JOÃO WANDERLAY DE OLIVEIRA.</t>
   </si>
   <si>
     <t>13909</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13909/13909_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13909/13909_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR PELO PASSAMENTO DO SR. EDSON LUIZ MORATO._x000D_
 </t>
   </si>
   <si>
     <t>13910</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13910/13910_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13910/13910_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR PELO PASSAMENTO DO SR. MUSSOLINI FRANCO DE MELO._x000D_
 </t>
   </si>
   <si>
     <t>13922</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13922/13922_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13922/13922_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR PELO PASSAMENTO DE RAIMUNDO TEIXEIRA MACHADO._x000D_
 </t>
   </si>
   <si>
     <t>13926</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13926/13926_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13926/13926_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. VICENTINA PEREIRA AMORIM.</t>
   </si>
   <si>
     <t>13941</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13941/13941_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13941/13941_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. GERALDO FARIA.</t>
   </si>
   <si>
     <t>13947</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13947/13947_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13947/13947_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR PELO PASSAMENTO DO SR. MÁRIO DIAS LOPES._x000D_
 </t>
   </si>
   <si>
     <t>13957</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13957/13957_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13957/13957_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DE MANOEL SEBASTIÃO FERREIRA</t>
   </si>
   <si>
     <t>13978</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13978/13978_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13978/13978_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR PELO PASSAMENTO DE GERALDO MAGELA VALADÃO._x000D_
 </t>
   </si>
   <si>
     <t>13979</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13979/13979_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13979/13979_texto_integral.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo passamento de José Romualdo.</t>
   </si>
   <si>
     <t>13980</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13980/13980_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13980/13980_texto_integral.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo passamento de Luiz Gustavo Rafael de Souza.</t>
   </si>
   <si>
     <t>14013</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14013/14013_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14013/14013_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR PELO PASSAMENTO DA SRA. EDITE DOS SANTOS FONSECA._x000D_
 </t>
   </si>
   <si>
     <t>13552</t>
   </si>
   <si>
     <t>MOPRO</t>
   </si>
   <si>
     <t>Moção de Protesto</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13552/13552_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13552/13552_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO - SR. LUIZ GONZAGA MILITÃO.</t>
   </si>
   <si>
     <t>13396</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13396/13396_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13396/13396_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 024/2012 DA COMISSÃO DE JUSTIÇA AO PROJETO DE LEI DE Nº CM-005/2012, PELA INCONSTITUCIONALIDADE -  RELATOR VER. BETO MACHADO.</t>
   </si>
   <si>
     <t>13397</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13397/13397_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13397/13397_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 029/2012 DA COMISSÃO DE JUSTIÇA AO PROJETO DE LEI Nº CM-004/2012, PELA INCONSTITUCIONALIDADE - RELATOR VER. PASTOR PAULO CÉSAR DOS SANTOS</t>
   </si>
   <si>
     <t>13409</t>
   </si>
   <si>
     <t>CAPIESUDE - Comissão Adm.Pública, Infraestru. Serv.Urb.Des.Econômico</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13409/13409_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13409/13409_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 030/2012 DA COMISSÃO DE ADMINISTRAÇÃO AO PROJETO DE LEI DE Nº CM-004/2012 - PELA REJEIÇÃO - REL. VER. EDMAR RODRIGUES.</t>
   </si>
   <si>
     <t>13654</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13654/13654_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13654/13654_texto_integral.pdf</t>
   </si>
   <si>
     <t>HOMOLOGA RELATÓRIO FINAL DA COMISSÃO PARLAMENTAR DE INQUÉRITO NOMEADA PARA AVERIGUAR A DENÚNCIA FEITA PELO VER. BETO MACHADO, SOBRE POSSÍVEL PAGAMENTO DE PROPINA NO VALOR DE R$200.000,00 (DUZENTOS MIL REAIS) PARA APROVAÇÃO DO PROJETO DE LEI ORDINÁRIA NO CM-047/2010, DE 18/06/2012.</t>
   </si>
   <si>
     <t>13808</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13808/13808_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13808/13808_texto_integral.pdf</t>
   </si>
   <si>
     <t>Concede licença sem remuneração, a pedido, ao Prefeito Vladimir de Faria Azevedo para afastamento do cargo, no período compreendido entre a aprovação deste Decreto até o dia 7 de outubro de 2012.</t>
   </si>
   <si>
     <t>13961</t>
   </si>
   <si>
     <t>CFFO - Comissão de Fiscalização Financeira e Orçamentária</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13961/13961_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13961/13961_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">APROVA AS CONTAS DO MUNICÍPIO DE DIVINÓPOLIS, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2004, ADMINISTRAÇÃO DE GALILEU TEIXEIRA MACHADO._x000D_
 </t>
   </si>
   <si>
     <t>13993</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13993/13993_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13993/13993_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">APROVA AS CONTAS DO MUNICÍPIO DE DIVINÓPOLIS, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2010, ADMINISTRAÇÃO DE VLADIMIR DE FARIA AZEVEDO._x000D_
 </t>
   </si>
   <si>
     <t>13229</t>
   </si>
   <si>
     <t>PLCEM</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo Municipal</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13229/13229_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13229/13229_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR N° 049, DE 02 DE DEZEMBRO DE 1998, QUE DISPÕE SOBRE O PAGAMENTO DO IPTU  E TAXAS,  COM ELE LANÇADAS, PELA COTA BÁSICA ÚNICA E  SOCIAL, DOS CONTRIBUINTES QUE ESPECIFICA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>13344</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13344/13344_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13344/13344_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispoe sobre a prorrogação da Licença Maternidade às servidoras municipais da administração pública direta e indireta de Divinópolis e dá outras providencias.</t>
   </si>
   <si>
     <t>13964</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13964/13964_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13964/13964_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA  DISPOSITIVOS DA LEI COMPLEMENTAR  Nº 052, DE  28 DE DEZEMBRO DE 1998, QUE DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, E DÁ OUTRAS PROVIDÊNCIAS - CONSELHO TUTELAR_x000D_
 </t>
   </si>
   <si>
     <t>13312</t>
   </si>
   <si>
     <t>PLEM</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13312/13312_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13312/13312_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 1º DA LEI Nº 7.449, DE 15 DE DEZEMBRO DE 2011, QUE AUTORIZA O PODER EXECUTIVO A DESAFETAR DA FINALIDADE PÚBLICA ORIGINAL E ESPECÍFICA, A ÁREA QUE MENCIONA; LOCALIZADA NO BAIRRO SANTO ANDRÉ._x000D_
 </t>
   </si>
   <si>
     <t>13279</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13279/13279_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13279/13279_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO INCISO III, DO ART. 3º DA LEI Nº 6.835 DE 12 DE AGOSTO DE 2008   AUTORIZA O PODER EXECUTIVO A DAR EM PAGAMENTO, IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, À EMPRESA UCOL &amp;#8211; USINAGEM CENTRO OESTE LTDA., E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>13280</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13280/13280_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13280/13280_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 1º DA LEI Nº 6.310, DE 07 DE FEVEREIRO DE 2006, E POSTERIORES ALTERAÇÕES, QUE AUTORIZA O PODER EXECUTIVO A DAR EM PAGAMENTO, IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, À EMPRESA BRAZILIAN STONES LTDA., E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>13228</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13228/13228_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13228/13228_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 9º DA LEI Nº  6.589, DE  03 DE JULHO DE 2007, QUE AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO COM O ESTADO DE MINAS GERAIS, PARA DELEGAÇÃO AO ESTADO DAS COMPETÊNCIAS DE ORGANIZAÇÃO, REGULAÇÃO, PLANEJAMENTO, FISCALIZAÇÃO E PRESTAÇÃO DOS SERVIÇOS PÚBLICOS MUNICIPAIS DE ABASTECIMENTO DE ÁGUA E DE ESGOTAMENTO SANITÁRIO; BEM COMO DA COMPETÊNCIA PARA SELECIONAR EMPRESA PARA PRESTAR TAIS SERVIÇOS, POR MEIO DE CONTRATO DE PROGRAMA A SER CELEBRADO ENTRE O MUNICÍPIO, O ESTADO E A EMPRESA._x000D_
 </t>
   </si>
   <si>
     <t>13313</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13313/13313_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13313/13313_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A PERMUTAR IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, COM O DE PROPRIEDADE DE RÔMULO QUIRINO DA SILVA._x000D_
 </t>
   </si>
   <si>
     <t>13314</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13314/13314_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13314/13314_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 1º, DA LEI Nº 7.508, DE 29 DE DEZEMBRO DE 2011, QUE AUTORIZA O PODER EXECUTIVO A DOAR, COM ENCARGOS, IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, PARA O LACTÁRIO NOSSA SENHORA DE FÁTIMA._x000D_
 </t>
   </si>
   <si>
     <t>13297</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13297/13297_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13297/13297_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ARTIGO 1º DA LEI 7.266 DE 22 DE NOVEMBRO DE 2010, DISPÕE SOBRE A PROIBIÇÃO DE CAPINA QUÍMICA NAS ÁREAS QUE MENCIONA NO ÂMBITO DO MUNICÍPIO DE DIVINÓPOLIS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>13315</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13315/13315_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13315/13315_texto_integral.pdf</t>
   </si>
   <si>
     <t>Altera zoneamento de Uso e Ocupação do Solo, em conformidade com a Lei Municipal nº. 2.418, à área que menciona, no Prosseguimento do Bairro Bela Vista.</t>
   </si>
   <si>
     <t>13316</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13316/13316_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13316/13316_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REVERSÃO DO IMÓVEL QUE MENCIONA, DOADO PARA A PARA A FUNDAÇÃO LOGOSÓFICA - EM PROL DA SUPERAÇÃO HUMANA, ATRAVÉS DA LEI Nº 6.423, DE 08 DE AGOSTO DE 2006._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>13281</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13281/13281_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13281/13281_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA MUNICIPAL DE ENSINO DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>13590</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13590/13590_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13590/13590_texto_integral.pdf</t>
   </si>
   <si>
     <t>Altera zoneamento de uso e ocupação do solo, em conformidade com a Lei Municipal nº. 2.418, à área que menciona no Bairro Garcia Leão.</t>
   </si>
   <si>
     <t>13370</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13370/13370_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13370/13370_texto_integral.pdf</t>
   </si>
   <si>
     <t>Atribui zoneamento para o lote 300, quadra 181, zona 52 no lugar denominado “Cemitério”.</t>
   </si>
   <si>
     <t>13591</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13591/13591_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13591/13591_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ATRIBUI E ALTERA ZONEAMENTO NA ZONA CADASTRAL Nº 25._x000D_
 </t>
   </si>
   <si>
     <t>13592</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13592/13592_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13592/13592_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ATRIBUI ZONEAMENTO PARA O PARCELAMENTO DENOMINADO CHÁCARAS BEIRA RIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>13317</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13317/13317_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13317/13317_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR NO INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES DO MUNICÍPIO DE DIVINÓPOLIS, O CRÉDITO ESPECIAL NO MONTANTE DE R$10.100.300,00 (DEZ MILHÕES, CEM MIL E TREZENTOS REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>13593</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13593/13593_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13593/13593_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REVERSÃO DO IMÓVEL QUE MENCIONA, DOADO PARA A MITRA DIOCESANA DE DIVINÓPOLIS, ATRAVÉS DA LEI Nº 3.815, DE 14 DE JUNHO DE 1995._x000D_
 </t>
   </si>
   <si>
     <t>13368</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13368/13368_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13368/13368_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR NA SECRETARIA MUNICIPAL DE EDUCAÇÃO, O CRÉDITO ESPECIAL NO MONTANTE DE R$309.000,00 (TREZENTOS E NOVE MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>13369</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13369/13369_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13369/13369_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR NA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL, O CRÉDITO ESPECIAL NO MONTANTE DE R$10.000,00 (DEZ MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>13351</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13351/13351_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13351/13351_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA E ACRESCENTA DISPOSITIVOS NA LEI  Nº 5.380, DE 06 DE JUNHO DE 2002, QUE DISPÕE SOBRE POLUIÇÃO SONORA NO MUNICÍPIO DE DIVINÓPOLIS._x000D_
 </t>
   </si>
   <si>
     <t>13399</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13399/13399_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13399/13399_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 1º DA LEI Nº 6.565, DE 03 DE ABRIL DE 2007, QUE AUTORIZA O PODER EXECUTIVO A DOAR IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO PARA CENTRO ESPÍRITA PAI GUINÉ._x000D_
 </t>
   </si>
   <si>
     <t>13646</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13646/13646_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13646/13646_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REVERSÃO DO IMÓVEL QUE MENCIONA, DOADO PARA À ASSOCIAÇÃO DE MORADORES DO BAIRRO SÃO JOÃO DE DEUS I, ATRAVÉS DA LEI NO 4.052, DE 02 DE OUTUBRO DE 1996._x000D_
 </t>
   </si>
   <si>
     <t>13457</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13457/13457_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13457/13457_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR NA SECRETARIA MUNICIPAL DE EDUCAÇÃO, O CRÉDITO ESPECIAL NO MONTANTE DE R$245.760,00 (DUZENTOS E QUARENTA E CINCO MIL, SETECENTOS E SESSENTA REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>13575</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13575/13575_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13575/13575_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Esportes e Lazer - CME, e dá outras providências.</t>
   </si>
   <si>
     <t>13458</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13458/13458_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13458/13458_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR NA SUPERINTENDÊNCIA MUNICIPAL USINA DE PROJETOS - OBRAS E PROJETOS ESPECIAIS, O CRÉDITO ESPECIAL NO MONTANTE DE R$500.000,00 (QUINHENTOS MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>13459</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13459/13459_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13459/13459_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 1º DA LEI Nº 7.463, DE 29 DE DEZEMBRO DE 2011, QUE AUTORIZA O PODER EXECUTIVO A DAR EM PAGAMENTO, IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, À EMPRESA LOURIVAL JOSÉ DE OLIVEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13495</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13495/13495_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13495/13495_texto_integral.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei 7.514, de 20 de março de 2012, que dispõe sobre qualificação de entidades como organizações sociais e dá outras providências.</t>
   </si>
   <si>
     <t>13455</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13455/13455_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13455/13455_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR NA CÂMARA MUNICIPAL DE DIVINÓPOLIS, O CRÉDITO ESPECIAL NO MONTANTE DE R$950.000,00 (NOVECENTOS E CINQUENTA MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>13576</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13576/13576_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13576/13576_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A DESAFETAR DA FINALIDADE PÚBLICA ORIGINAL E ESPECÍFICA, A ÁREA QUE MENCIONA, NO BAIRRO JARDIM BELVEDERE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>13574</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13574/13574_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13574/13574_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 1º DA LEI Nº 7.075, DE 29 DE OUTUBRO DE 2009, QUE AUTORIZA O PODER EXECUTIVO A DAR EM PAGAMENTO, IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, À EMPRESA LACERDA COMÉRCIO DE FUNDIDOS LTDA., E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>13548</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13548/13548_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13548/13548_texto_integral.pdf</t>
   </si>
   <si>
     <t>Lei de Diretrizes Orçamentárias - LOA - 2013</t>
   </si>
   <si>
     <t>13594</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13594/13594_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13594/13594_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE INCORPORAÇÃO DA GRATIFICAÇÃO DE PRODUTIVIDADE PARA AS CARREIRAS DE FISCALIZAÇÃO DE NÍVEL MÉDIO E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 </t>
   </si>
   <si>
     <t>13647</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13647/13647_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13647/13647_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DENOMINAÇÃO DO HOSPITAL PÚBLICO &amp;#8220;DIVINO ESPÍRITO SANTO&amp;#8221;, NO MUNICÍPIO DE DIVINÓPOLIS._x000D_
 </t>
   </si>
   <si>
     <t>13648</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13648/13648_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13648/13648_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DENOMINAÇÃO DA UNIDADE DE PRONTO ATENDIMENTO-UPA, &amp;#8220;PE. ROBERTO CORDEIRO MARTINS&amp;#8221;, SITUADA NO BAIRRO PONTE FUNDA NO MUNICÍPIO DE DIVINÓPOLIS._x000D_
 </t>
   </si>
   <si>
     <t>13649</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13649/13649_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13649/13649_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A DAR EM PAGAMENTO, IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO À EMPRESA CENTRO TECNOLÓGICO DA CONFECÇÃO LTDA. E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>13650</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13650/13650_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13650/13650_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A DAR EM PAGAMENTO, IMÓVEL DE PROPRIEDADE DO MUNICÍPIO À EMPRESA FRIGORÍFICO IPER LTDA., E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>13651</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13651/13651_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13651/13651_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A DAR EM PAGAMENTO, IMÓVEL DE PROPRIEDADE DO MUNICÍPIO À EMPRESA CARBOQUIM INDUSTRIAL LTDA., E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>13684</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13684/13684_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13684/13684_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A DAR EM PAGAMENTO, IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, À EMPRESA AREZ INDÚSTRIA E COMÉRCIO LTDA., E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>13652</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13652/13652_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13652/13652_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR NO INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES DO MUNICÍPIO DE DIVINÓPOLIS, O CRÉDITO ADICIONAL SUPLEMENTAR NO MONTANTE DE R$500.000,00 (QUINHENTOS MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>13653</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13653/13653_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13653/13653_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DENOMINAÇÃO DE &amp;#8220;ÍTALO CONSOLI&amp;#8221; O TERMINAL DE PASSAGEIROS DO AEROPORTO BRIGADEIRO CABRAL, NO MUNICÍPIO DE DIVINÓPOLIS._x000D_
 	_x000D_
 </t>
   </si>
   <si>
     <t>13685</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13685/13685_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13685/13685_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 1º, DA LEI Nº 7.318, DE 17/03/2011, QUE DISPÕE SOBRE A REVERSÃO DOS IMÓVEIS QUE MENCIONA REFERENTE À DOAÇÃO FEITA PELO MUNICÍPIO AO CLUBE FORENSE DE DIVINÓPOLIS, CONFORME LEI Nº 1.867, DE 27 DE JANEIRO DE 1983._x000D_
 </t>
   </si>
   <si>
     <t>13708</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13708/13708_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13708/13708_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REVERSÃO DO IMÓVEL QUE MENCIONA, DOADO PELO MUNICÍPIO À IRMANDADE DE SÃO BENEDITO E NOSSA SENHORA APARECIDA, ATRAVÉS DA LEI Nº 4.764 DE 31 DE MAIO DE 2000._x000D_
 </t>
   </si>
   <si>
     <t>13709</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13709/13709_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13709/13709_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DESCARACTERIZA EM CONFORMIDADE COM A LEI MUNICIPAL Nº. 2.418, DE USO E OCUPAÇÃO DO SOLO A ÁREA QUE MENCIONA - RUA FRANCISCO CARVALHO - RUA FORMIGA - AVENIDA GOVERNADOR MAGALHÃES PINTO - BAIRRO PORTO VELHO_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>13711</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13711/13711_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13711/13711_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REVERSÃO DO IMÓVEL QUE MENCIONA, DOADO PARA A  EMPRESA MURALHA INDÚSTRIA E COMÉRCIO DE ARTEFATOS DE CIMENTO LTDA., ATRAVÉS DA LEI Nº 6.888, DE 27 DE NOVEMBRO DE 2008._x000D_
 </t>
   </si>
   <si>
     <t>13712</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13712/13712_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13712/13712_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REVERSÃO DOS IMÓVEIS QUE MENCIONA, DOADO PARA A EMPRESA  FOCU&amp;#8217;S ARTES FOTOGRÁFICAS LTDA., ATRAVÉS DA LEI Nº 7.253, DE 28 DE OUTUBRO DE 2010._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>13710</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13710/13710_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13710/13710_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 1º DA LEI Nº 7.569, DE 03 DE JULHO DE 2012, QUE AUTORIZA O PODER EXECUTIVO A DESAFETAR DA FINALIDADE PÚBLICA ORIGINAL E ESPECÍFICA, A ÁREA QUE MENCIONA, LOCALIZADA NO BAIRRO JARDIM BELVEDERE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>13742</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13742/13742_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13742/13742_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A DESAFETAR TRECHO DE RUA E PRAÇA NO BAIRRO MARAJÓ I, E DISPÕE SOBRE DAÇÃO DE PAGAMENTO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>13715</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13715/13715_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13715/13715_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ATRIBUI ZONEAMENTO PARA A RUA NOSSA SENHORA DAS GRAÇAS, ENTRE RUAS CONCÓRDIA E DAGMAR LOREDO NEIVA, NO BAIRRO MANOEL VALINHAS. _x000D_
 </t>
   </si>
   <si>
     <t>13716</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13716/13716_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13716/13716_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ATRIBUI ZONEAMENTO DE USO E OCUPAÇÃO DO SOLO A GLEBA 40, ZONA CADASTRAL Nº 15, EM LOCAL DENOMINADO &amp;#8220;FAZENDA DO CEMITÉRIO&amp;#8221; NESTE MUNICÍPIO, PARA A CONSTRUÇÃO DA SEDE DO FÓRUM DE DIVINÓPOLIS E DA SEDE PRÓPRIA DO MINISTÉRIO DO ESTADO DE MINAS GERAIS. _x000D_
 </t>
   </si>
   <si>
     <t>13714</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13714/13714_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13714/13714_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ATRIBUIÇÃO DE ZONEAMENTO PARA OS LOTES RESULTANTES DO DESMEMBRAMENTO DE GLEBA APROVADO PELA PREFEITURA EM 13/04/2011, SOB REGISTRO Nº 09987/2011 - DECRETO Nº 9.941/2011; NA GLEBA ORIGINAL Nº 250, ZONA 34, LUGAR DENOMINADO &amp;#8220;FAZENDA FONTES&amp;#8221;, DISTRITO DE SANTO ANTÔNIO DOS CAMPOS, NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13785</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13785/13785_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13785/13785_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR NA CÂMARA MUNICIPAL DE DIVINÓPOLIS, NA SECRETARIA MUNICIPAL DE AGRONEGÓCIOS E NO FUNDO MUNICIPAL DE REPARAÇÃO DOS DANOS AO MEIO AMBIENTE, O CRÉDITO ESPECIAL NO MONTANTE DE R$36.000,00 (TRINTA E SEIS MIL REAIS).</t>
   </si>
   <si>
     <t>13813</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13813/13813_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13813/13813_texto_integral.pdf</t>
   </si>
   <si>
     <t>Atribui zoneamento de uso e ocupação do solo a em conformidade com a Lei Municipal nº 2.418/88, à área que menciona, localizada na Rua João Moreira, lugar denominado Cangalheiros.</t>
   </si>
   <si>
     <t>13788</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13788/13788_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13788/13788_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A DESAFETAR PARTE DE VIA PÚBLICA E PERMUTAR IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, POR OBRAS E SERVIÇOS A SEREM EXECUTADOS PELA EMPRESA LIDERANÇA EMPREENDIMENTOS IMOBILIÁRIOS LTDA._x000D_
 </t>
   </si>
   <si>
     <t>13816</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13816/13816_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13816/13816_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DAR EM PAGAMENTO, IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, À EMPRESA CASLAR COMÉRCIO DE MÓVEIS LTDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13815</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13815/13815_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13815/13815_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR NA SECRETARIA ADJUNTA DE ADMINISTRAÇÃO, O CRÉDITO ESPECIAL NO MONTANTE DE R$5.000,00 (CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>13850</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13850/13850_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13850/13850_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATRIBUI ZONEAMENTO DE USO E OCUPAÇÃO DO SOLO AO PARCELAMENTO DE SOLO URBANO DENOMINADO BAIRRO RESIDENCIAL FONTE BOA, ZONA CADASTRAL Nº 47, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13857</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13857/13857_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13857/13857_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AOS ARTIGOS 1º E 3º, DA LEI Nº 7.494, DE 29 DE DEZEMBRO DE 2011, QUE AUTORIZA O PODER EXECUTIVO A DOAR, COM ENCARGOS, IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, PARA A ASSOCIAÇÃO DE MORADORES DO BAIRRO JARDIM PRIMAVERA._x000D_
 </t>
   </si>
   <si>
     <t>13858</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13858/13858_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13858/13858_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 1º E § 1º DO ART. 2º DA LEI Nº 7.503, DE 29 DE DEZEMBRO DE 2011, QUE AUTORIZA O PODER EXECUTIVO A DOAR, COM ENCARGOS, IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, PARA MITRA DIOCESANA DE DIVINÓPOLIS, NO BAIRRO SANTO ANDRÉ._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>13859</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13859/13859_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13859/13859_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 1º, §1º, DO ART. 2º E ART. 3º DA  LEI Nº 7.495, DE 29 DE DEZEMBRO DE 2011, AUTORIZA O PODER EXECUTIVO A DOAR, COM ENCARGOS, IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, PARA A ASSOCIAÇÃO LIXO E CIDADANIA DE DIVINÓPOLIS.</t>
   </si>
   <si>
     <t>13860</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13860/13860_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13860/13860_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 1º DA LEI Nº 7.510, DE 29 DE DEZEMBRO DE 2011, AUTORIZA O PODER EXECUTIVO A DOAR, COM ENCARGOS, IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, PARA A ASSOCIAÇÃO VASCO DA GAMA FUTEBOL CLUBE._x000D_
 </t>
   </si>
   <si>
     <t>13861</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13861/13861_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13861/13861_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO NA EMENTA, NO ARTIGO 1º E NO § 1º DO ART. 2º, DA LEI Nº 7.492, DE 29 DE DEZEMBRO DE 2011, AUTORIZA O PODER EXECUTIVO A DOAR, COM ENCARGOS, IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, PARA O CONSELHO CENTRAL DE DIVINÓPOLIS - SSPV, NO BAIRRO ICARAÍ._x000D_
 </t>
   </si>
   <si>
     <t>13862</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13862/13862_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13862/13862_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 1º DA LEI Nº 7.502, DE 29 DE DEZEMBRO DE 2011, AUTORIZA O PODER EXECUTIVO A DOAR COM ENCARGOS, IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, PARA O DIVINÓPOLIS ESPORTE CLUBE._x000D_
 </t>
   </si>
   <si>
     <t>13863</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 1º E § 1º DO ART. 2º DA LEI Nº 7.504, DE 29 DE DEZEMBRO DE 2011, AUTORIZA O PODER EXECUTIVO A DOAR, COM ENCARGOS, IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, PARA MITRA DIOCESANA DE DIVINÓPOLIS, NO BAIRRO RESIDENCIAL LAGOA DOS MANDARINS._x000D_
 </t>
   </si>
   <si>
     <t>13834</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13834/13834_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13834/13834_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 6º DA LEI Nº 7.570, DE 03 DE JULHO DE 2012, QUE DISPÕE SOBRE AS DIRETRIZES PRA ELABORAÇÃO DE LEI ORÇAMENTÁRIA DE 2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13835</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13835/13835_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13835/13835_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVOS À LEI Nº 7.129, DE 31 DE DEZEMBRO DE 2009, QUE DISPÕE SOBRE O PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO DE DIVINÓPOLIS, PARA O PERÍODO DE 2010 A 2013.</t>
   </si>
   <si>
     <t>13836</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13836/13836_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13836/13836_texto_integral.pdf</t>
   </si>
   <si>
     <t>Orça a receita e fixa a despesa para o exercício de 2013.</t>
   </si>
   <si>
     <t>13837</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13837/13837_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13837/13837_texto_integral.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão de subvenções, auxílios financeiros e contribuições e contém outras providências.</t>
   </si>
   <si>
     <t>13912</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13912/13912_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13912/13912_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A DAR EM PAGAMENTO, IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, À EMPRESA STONE GLASS GRANITOS E VIDROS NACIONAIS E IMPORTADOS LTDA., E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>13864</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13864/13864_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13864/13864_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR NA SECRETARIA MUNICIPAL DE EDUCAÇÃO, O CRÉDITO ESPECIAL NO MONTANTE DE R$53.064,00 (CINQUENTA E TRÊS MIL E SESSENTA E QUATRO REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>13865</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13865/13865_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13865/13865_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL Nº 7.075, DE 29  DE OUTUBRO DE 2009, QUE AUTORIZA O PODER EXECUTIVO A DAR EM PAGAMENTO IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, À EMPRESA LACERDA COMÉRCIO DE FUNDIDOS LTDA., E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>13949</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13949/13949_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13949/13949_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alienação de área lindeira de propriedade do Município, localizada no Bairro Interlagos.</t>
   </si>
   <si>
     <t>13950</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13950/13950_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13950/13950_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REVERSÃO DO IMÓVEL QUE MENCIONA, DOADO PARA A EMPRESA BRASIL SUPRI - SUPRIMENTOS DE INFORMÁTICA LTDA., ATRAVÉS DA LEI Nº 7.251, DE 28 DE OUTUBRO DE 2010._x000D_
 </t>
   </si>
   <si>
     <t>13965</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13965/13965_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13965/13965_texto_integral.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a alienar os imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>13951</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13951/13951_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13951/13951_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR NA SECRETARIA MUNICIPAL DE EDUCAÇÃO E NA SECRETARIA MUNICIPAL DE SAÚDE, O CRÉDITO ADICIONAL SUPLEMENTAR POR FONTE DE RECURSO NO MONTANTE DE R$3.614.000,00 (TRÊS MILHÕES SEISCENTOS E QUATORZE MIL REAIS)._x000D_
 </t>
   </si>
   <si>
     <t>13952</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13952/13952_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13952/13952_texto_integral.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir na Procuradoria, naSuperintendência Municipal Usina de Projetos - Obras e Projetos Especiais, na Secretaria  Adjunta de Planejamento Orçamentário, naSecretaria Adjunta de Administração, na Secretaria Municipal de Fazenda, na Secretaria Municipal de Educação, na Secretaria Municipal de Saúde, na Secretaria Adjunta de Fomento Econômico, na Secretaria Municipal de Agronegócios, na Secretaria Municipal de Esportes e Lazer, na Secretaria Adjunta de Máquinas, Veículos e Equipamentos, na Secretaria Adjunta de Cadastro e Fiscalização, na Secretaria Adjunta de Meio Ambiente e Políticas Urbanas, no Fundo Municipal de Assistência Social, na Secretaria Municipal de Cultura, na Secretaria Municipal de Trânsito e Transporte, na Secretaria Adjunta de Comunicação Social, na Secretaria Adjunta de Desenvolvimento Comunitário, no Fundo_x000D_
 Municipal do Serviço Social do Luto e Administração e Manutenção e Ampliação de Cemitérios e Velórios, o crédito adicional suplementar.</t>
   </si>
   <si>
     <t>13953</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13953/13953_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13953/13953_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao art. 19 da Lei nº 5.801, de 11 de dezembro de 2003, que dispõe sobre o Programa de Modernização do Transporte Coletivo_x000D_
 Urbano de Divinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>13988</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13988/13988_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13988/13988_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ART. 2º DA LEI  Nº 6.706, DE 31 DE JANEIRO DE 2008, QUE DISPÕE SOBRE A VEDAÇÃO DE NOMEAÇÃO DE PARENTES PARA QUAISQUER CARGOS EM COMISSÃO E PARA FUNÇÕES DE CONFIANÇA NA ESTRUTURA DA ADMINISTRAÇÃO DIRETA E INDIRETA DO MUNICÍPIO E NA FORMA QUE ESPECIFICA - NEPOTISMO_x000D_
 </t>
   </si>
   <si>
     <t>13963</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13963/13963_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13963/13963_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA LEI Nº  7.514, DE 20 DE MARÇO DE 2012 - DISPÕE SOBRE A QUALIFICAÇÃO DE ENTIDADES COMO ORGANIZAÇÕES SOCIAIS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>13966</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13966/13966_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13966/13966_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ATRIBUI ZONEAMENTO DE USO E OCUPAÇÃO DO SOLO AO PARCELAMENTO DE SOLO URBANO DENOMINADO BAIRRO DA LUZ, ZONA CADASTRAL Nº. 29, NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13967</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13967/13967_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13967/13967_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ATRIBUI ZONEAMENTO DE USO E OCUPAÇÃO DO SOLO, EM CONFORMIDADE COM A LEI MUNICIPAL Nº. 2.418, ÀS ÁREAS QUE MENCIONA - FAZENDA DA CHÁCARA - PONTE FUNDA_x000D_
 </t>
   </si>
   <si>
     <t>13989</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13989/13989_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13989/13989_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 2º, DA LEI Nº 3.780, DE 25 DE ABRIL DE 1995, QUE AUTORIZA O MUNICÍPIO A PARTICIPAR DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DA REGIÃO DO VALE DO ITAPECERICA._x000D_
 </t>
   </si>
   <si>
     <t>13987</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13987/13987_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13987/13987_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ANEXO I, DA LEI 2.429, DE 29 DE NOVEMBRO DE 1.988, QUE DISPÕE SOBRE O PARCELAMENTO DO SOLO URBANO NO MUNICÍPIO DE DIVINÓPOLIS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>13233</t>
   </si>
   <si>
     <t>PLCM</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13233/13233_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13233/13233_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a campanha antitabagismo, antialcoolismo e antidrogas nas escolas públicas e particulares do município de Divinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>13232</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13232/13232_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13232/13232_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO SOBRE TRANSTORNOS DE APRENDIZAGEM.</t>
   </si>
   <si>
     <t>13253</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13253/13253_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13253/13253_texto_integral.pdf</t>
   </si>
   <si>
     <t>Define critério para preservação da estrutura da via permanente da linha férrea em Divinópolis</t>
   </si>
   <si>
     <t>13298</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13298/13298_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13298/13298_texto_integral.pdf</t>
   </si>
   <si>
     <t>Proíbe a apresentação de autoridades públicas municipais em eventos no Município de Divinópolis realizados com recursos públicos.</t>
   </si>
   <si>
     <t>13319</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13319/13319_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13319/13319_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESCARACTERIZAÇÃO DO QUARTEIRÃO DA RUA DUARTE, ENTRE AV. AUTORAMA E CORONEL BRAGANÇA NO BAIRRO SANTA LUZIA.</t>
   </si>
   <si>
     <t>13332</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13332/13332_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13332/13332_texto_integral.pdf</t>
   </si>
   <si>
     <t>Denomina "Manoel dos Reis Carvalho" a Rua "Oito", no Bairro Copacabana, neste Município.</t>
   </si>
   <si>
     <t>13348</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13348/13348_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13348/13348_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMOÇÃO DE VEÍCULOS ABANDONADOS OU ESTACIONADOS EM SITUAÇÃO QUE CARACTERIZE SEU ABANDONO EM VIA PÚBLICA.</t>
   </si>
   <si>
     <t>13347</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13347/13347_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13347/13347_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de pessoal treinados em sinais de libras em unidades de saúde no municípío de Divinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>13352</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13352/13352_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13352/13352_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "PEDRO MILITÃO DOS REIS" A RUA 04 (QUATRO) DO BAIRRO MARAJÓ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13349</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13349/13349_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13349/13349_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "FREI ORLANDO" A RUA B NO BAIRRO JARDIM CAPITÃO SILVA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13359</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13359/13359_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13359/13359_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA GUALTER TEIXEIRA MALTA A RUA NOVE NO BAIRRO COPACABANA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13360</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13360/13360_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13360/13360_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA MARIA CLEMENTINA TAVARES A RUA ONZE NO BAIRRO COPACABANA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13358</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13358/13358_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13358/13358_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA &amp;#8220;MASSANTÔNIO SEBASTIÃO MARQUES&amp;#8221; A RUA &amp;#8220;TREZE&amp;#8221;, NO BAIRRO COPACABANA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13372</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13372/13372_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13372/13372_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA ARISTEU BARBOSA A RUA A NO BAIRRO COPACABANA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13357</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13357/13357_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13357/13357_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA &amp;#8220;HILÁRIO DIAS&amp;#8221; A RUA &amp;#8220;QUINZE&amp;#8221;, NO BAIRRO COPACABANA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13362</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13362/13362_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13362/13362_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA HELI SIMÕES DE MOURA A RUA DEZESSETE NO BAIRRO COPACABANA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13361</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13361/13361_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13361/13361_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA JOSÉ ALELUIA SENA A RUA VINTE E UM NO BAIRRO COPACABANA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13456</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13456/13456_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13456/13456_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA HÉLIO HENRIQUES FRANCA A RUA DEZESSETE, NO BAIRRO GRAJAÚ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13363</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13363/13363_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13363/13363_texto_integral.pdf</t>
   </si>
   <si>
     <t>Denomina "José Cristovam da Fonseca", a Rua "Pedestre 1A", no Bairro Nova Suiça, neste Município.</t>
   </si>
   <si>
     <t>13398</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13398/13398_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13398/13398_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 7.389/2011, QUE ALTEROU A LEI Nº 6.907, DE 22 DE DEZEMBRO DE 2008, QUE DISPÕE SOBRE O CÓDIGO DE POSTURAS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13395</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13395/13395_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13395/13395_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DOS CORREDORES DE RUA.</t>
   </si>
   <si>
     <t>13400</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13400/13400_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13400/13400_texto_integral.pdf</t>
   </si>
   <si>
     <t>Denomina "Terezinha Moura Fonseca", a Rua "G", no Bairro Ipanema, neste Município.</t>
   </si>
   <si>
     <t>13454</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13454/13454_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13454/13454_texto_integral.pdf</t>
   </si>
   <si>
     <t>Constitui a Comissão da Verdade do Município de Divinópolis.</t>
   </si>
   <si>
     <t>13460</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13460/13460_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13460/13460_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA "JOSÉ AUGUSTO" A RUA V7 NO BAIRRO AEROPORTO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13461</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13461/13461_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13461/13461_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA &amp;#8220;EXPEDITA BRANDÃO VIEIRA&amp;#8221; A RUA &amp;#8220;UM&amp;#8221;, NO BAIRRO GERALDO PEREIRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13503</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13503/13503_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13503/13503_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dá nova redação à ementa e ao art. 1º da Lei n° 5.813, de 23 de dezembro de 2003, alterada pela Lei 6.186, de 28 de junho de 2005, que declara de utilidade pública a Associação de Cozinha, Bordado e Artesanato da Comunidade do Quilombo - ACOBOART - Quilombo, com sede e foro neste Município.</t>
   </si>
   <si>
     <t>13487</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13487/13487_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13487/13487_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA PRAÇA "JOSÉ LIMA DO AMARAL", A PRAÇA LOCALIZADA NA ESQUINA DAS RUAS RIO CASCA COM MANOEL BANDEIRA, NO BAIRRO SÃO JOSÉ, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>13430</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13430/13430_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13430/13430_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE DIVINÓPOLIS A REALIZAR EXAMES PARA DETECÇÃO DO DIABETES EM ALUNOS DA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13504</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13504/13504_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13504/13504_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A &amp;#8220;IGREJA EVANGÉLICA EBENEZER&amp;#8221;, COM SEDE E FORO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13587</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13587/13587_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13587/13587_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "SEMANA MUNICIPAL DA ADOÇÃO E DO MENOR CARENTE" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13496</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13496/13496_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13496/13496_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MEDIDAS CONTRA A PRÁTICA DE TROTES TELEFÔNICOS DIRIGIDOS AOS ÓRGÃOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>13507</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13507/13507_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13507/13507_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ENTIDADE ASSOCIAÇÃO CLAREAR PARA O BEM ESTAR DA INFÂNCIA E JUVENTUDE, COM SEDE E FORO NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13551</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13551/13551_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13551/13551_texto_integral.pdf</t>
   </si>
   <si>
     <t>Denomina "José Hilton de Mendonça", na Alameda C, na Comunidade Rural de Buritis, neste Município.</t>
   </si>
   <si>
     <t>13588</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13588/13588_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13588/13588_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE TRANSFERÊNCIA DE BENS MÓVEIS DE PROPRIEDADE DO PODER LEGISLATIVO, PARA O PODER EXECUTIVO._x000D_
 </t>
   </si>
   <si>
     <t>13595</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13595/13595_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13595/13595_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ARTIGO 1º DA LEI Nº 4.043, DE 13 DE SETEMBRO DE 1996, QUE REGULAMENTA A RENOVAÇÃO DE ALVARÁ DE FUNCIONAMENTO DAS INDÚSTRIAS SIDERÚRGICAS INSTALADAS NO MUNICÍPIO DE DIVINÓPOLIS. _x000D_
 </t>
   </si>
   <si>
     <t>13589</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13589/13589_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13589/13589_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A IGREJA NOVA VIDA EM CRISTO COM SEDE E FORO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13634</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13634/13634_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13634/13634_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA RAIMUNDO ALVES MIRANDA A RUA C NO BAIRRO SANTA CRUZ.</t>
   </si>
   <si>
     <t>13633</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13633/13633_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13633/13633_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA MADALENA MARIA DA FONSECA AV. V-8, NO BAIRRO AEROPORTO.</t>
   </si>
   <si>
     <t>13662</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13662/13662_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13662/13662_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O &amp;#8220;INSTITUTO BENEFICENTE CASA DA UNIÃO &amp;#8211; NÚCLEO DIVINÓPOLIS&amp;#8221;, COM SEDE E FORO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13663</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13663/13663_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13663/13663_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Cargos, Carreira e Vencimentos dos servidores da Câmara Municipal de Divinópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>13707</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13707/13707_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13707/13707_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA DE UTILIDADE PÚBLICA O &amp;#8220;GRUPO DE ESTUDOS E ATIVIDADES ESPÍRITAS JERÔNIMO CANDINHO - JERCAN&amp;#8221;, COM SEDE E FORO NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13774</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13774/13774_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13774/13774_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA JOÃO PEREIRA DA SILVA, A RUA 1, NO BAIRRO DA LUZ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13713</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13713/13713_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13713/13713_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Dia Municipal do Círculo de Oração das Igrejas Assembleia de Deus.</t>
   </si>
   <si>
     <t>13775</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13775/13775_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13775/13775_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA MARIA IZAURA RIBEIRO, A PRAÇA 1, NO BAIRRO DA LUZ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13776</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13776/13776_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13776/13776_texto_integral.pdf</t>
   </si>
   <si>
     <t>Denomina "Wilson José da Fonseca", a Praça "2", no Bairro da Luz, neste Município.</t>
   </si>
   <si>
     <t>13717</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13717/13717_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13717/13717_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA GENI LUÍZA DOS SANTOS A RUA TRÊS, NO BAIRRO AEROPORTO, NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13955</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13955/13955_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13955/13955_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA JACI FIÚZA A RUA JOSÉ ALELUIA SENA ANTERIORMENTE DENOMINADA VINTE E UM, NO BAIRRO COPACABANA, NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13777</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13777/13777_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13777/13777_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA OS INCISOS XI E XII DO ARTIGO 8º DA LEI Nº7.011, DE 30 DE JUNHO DE 2009, QUE DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL S.I.M. E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA, DO PROCESSO DE PRODUÇÃO DE BEBIDAS E ALIMENTOS DE ORIGEM ANIMAL E/OU VEGETAL, DESTINADOS AO CONSUMO HUMANO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 EMENTA SUBSTITUTIVO I:_x000D_
 ALTERA OS INCISOS XI E XII DO ARTIGO 8º DA LEI Nº7.011, DE 30 DE JUNHO DE 2009, QUE DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL S.I.M. E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA, DO PROCESSO DE PRODUÇÃO DE BEBIDAS E ALIMENTOS DE ORIGEM ANIMAL E/OU VEGETAL, DESTINADOS AO CONSUMO HUMANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13812</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13812/13812_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13812/13812_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA &amp;#8220;LINDOLFO FAGUNDES&amp;#8221; A RUA &amp;#8220;V 1&amp;#8221;, NO BAIRRO AEROPORTO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13843</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13843/13843_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13843/13843_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA &amp;#8220;MARIA MARTA DE SOUZA&amp;#8221; A RUA &amp;#8220;8&amp;#8221;, NO BAIRRO FLORESTA, NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13844</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13844/13844_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13844/13844_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA &amp;#8220;JÉSUS JOAQUIM RODRIGUES&amp;#8221; A RUA &amp;#8220;TRÊS&amp;#8221;, NO BAIRRO DA LUZ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13853</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13853/13853_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13853/13853_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA DE UTILIDADE PÚBLICA A &amp;#8220;ASSOCIAÇÃO DE AMPARO, APOIO E INCLUSÃO AOS TRABALHADORES&amp;#8221;, COM SEDE E FORO NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>13878</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13878/13878_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13878/13878_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de instalação de sanitários químicos em obras de construção civil no município de Divinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>13954</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13954/13954_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13954/13954_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA DISPOSITIVO AO ART. 2O DA LEI NO 7.266, DE 22 DE NOVEMBRO DE 2010, QUE DISPÕE SOBRE A PROIBIÇÃO DE CAPINA QUÍMICA NAS ÁREAS QUE MENCIONA NO ÂMBITO DO MUNICÍPIO DE DIVINÓPOLIS._x000D_
 </t>
   </si>
   <si>
     <t>13959</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13959/13959_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13959/13959_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O PARÁGRAFO ÙNICO DO ART. 1O DA LEI Nº 7.266, DE 22 DE NOVEMBRO DE 2010, QUE DISPÕE SOBRE A PROIBIÇÃO DE CAPINA QUÍMICA NAS ÁREAS QUE MENCIONA NO ÂMBITO DO MUNICÍPIO DE DIVINÓPOLIS._x000D_
 </t>
   </si>
   <si>
     <t>13960</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13960/13960_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13960/13960_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 7.562, DE 21 DE JUNHO DE 2012, QUE DENOMINA "RAIMUNDO ALVES MIRANDA" A RUA "C", NO BAIRRO SANTA CRUZ,NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13990</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13990/13990_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13990/13990_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REVOGA A ALÍNEA &amp;#8220;A&amp;#8221;, DO INCISO I, O § 1O E SEUS INCISOS E § 2O, DO ART. 4O DA LEI 4.849, DE 30 DE AGOSTO DE 2.000, QUE DISPÕE SOBRE A CONSTRUÇÃO E O FUNCIONAMENTO DE POSTOS DE ABASTECIMENTO DE COMBUSTÍVEIS E LUBRIFICANTES NO MUNICÍPIO DE DIVINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>13996</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13996/13996_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13996/13996_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA &amp;#8220;AVENIDA DR. PAULO DE MELLO FREITAS&amp;#8221;, O TRECHO A PARTIR DO  ENTRONCAMENTO DAS RUAS RAFAEL ASSUNÇÃO VAZ E EDSON GONÇALVES DE SOUSA, ONDE SERÁ CONSTRUÍDO O NOVO FÓRUM DA COMARCA DE DIVINÓPOLIS, NO BAIRRO LIBERDADE, EM DIVINÓPOLIS &amp;#8211;  MG._x000D_
 </t>
   </si>
   <si>
     <t>14006</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14006/14006_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14006/14006_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O CAPUT DO ART. 10 DA LEI MUNICIPAL NO 7.514 DE 20 DE MARÇO DE 2012 QUE DISPÕE_x000D_
 SOBRE A QUALIFICAÇÃO DAS ENTIDADES COMO ORGANIZAÇÕES SOCIAIS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>13310</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13310/13310_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13310/13310_texto_integral.pdf</t>
   </si>
   <si>
     <t>Homologa os nomes a serem agraciados com o Diploma "Mulher Cidadã", no ano de 2012. 01 - Vereador Adair Otaviano de Oliveira - Maria Longuinha Martiniano da Silva; 02 - Vereador Anderson José Ribeiro Saleme - Marisa Gonçalves Rodrigues; 03 - Vereador Antônio de Lisboa Paduano Pereira - Luzia Maria Gomes; 04 - Vereador Edmar Antônio Rodrigues - Ana Rosa Zica Ferreira; 05 - Vereador Edson José de Sousa - Maria Luzia Nogueira; 06 - Vereador Gilberto Tavares Machado Machado - Sandra Maria Teodora Amaral; 07 - Vereadora Dra. Heloísa Cerri - Adelci Mattar; 08 - Vereador Hilton de Aguiar - Rosa Cristovam da Silva; 09 - Vereador José Geraldo Pereira - Lucília Maria Lima; 10 - Vereador Milton Donizete da Silva - Maria Vicentina Santos; 11 - Vereador Pastor Paulo César - Rosângela Fátima Soares; 12 - Vereador Roberto Pedro Bento - Celia Maria Batista; 13 - Vereador Rodyson do Zé Milton - Helaine Assis Ferreira Costa.</t>
   </si>
   <si>
     <t>13410</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13410/13410_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13410/13410_texto_integral.pdf</t>
   </si>
   <si>
     <t>Cria o Título "Destaque Cultural do Ano".</t>
   </si>
   <si>
     <t>13431</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13431/13431_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13431/13431_texto_integral.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Divinópolis ao Sr. Clésio Andrade.</t>
   </si>
   <si>
     <t>13427</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13427/13427_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13427/13427_texto_integral.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Divinópolis ao Sr. Valdemar Martins do Amaral.</t>
   </si>
   <si>
     <t>13428</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13428/13428_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13428/13428_texto_integral.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Divinópolis ao Sr. Ílio Milani.</t>
   </si>
   <si>
     <t>13429</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13429/13429_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13429/13429_texto_integral.pdf</t>
   </si>
   <si>
     <t>Homologa os nomes a serem agraciados com a Comenda “Medalha Candidés”, para o ano de 2012. 01 - Vereador Adair Otaviano de Oliveira - Rafil Materiais de Construção Ltda; 02 - Vereador Anderson José Ribeiro Saleme - Projeto “Fazendo Arte; 03 - Vereador Antônio de Lisboa Paduano Pereira -  Comunidade Servo da Cruz; 04 - Vereador Beto Machado - Divino Antônio Ferreira; 05 - Vereadora Dra. Heloísa Cerri - Padre Chrystian Shankar; 06 - Vereador Edmar Antônio Rodrigues - Vicente de Paula Neves; 07 - Vereador Edson José de Sousa - Sindicato dos Contabilistas de Divinópolis; 08 - Vereador Hilton de Aguiar - Wendel Pinto; 09 - Vereador José Geraldo Pereira - Willian Tadeu Alves Parreiras; 10 - Vereador Milton Donizete da Silva - Marli Rodrigues; 11 - Vereador Pastor Paulo César - Igreja Batista da Lagoinha; 12 - Vereador Roberto Pedro Bento - Osvaldo Moreira da Silva; 13 - Vereador Rodyson do Zé Milton - José Vitor Batista de Freitas.</t>
   </si>
   <si>
     <t>13596</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13596/13596_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13596/13596_texto_integral.pdf</t>
   </si>
   <si>
     <t>Homologa os nomes a serem agraciados com a Comenda “Esportista Destaque do Ano” para o ano de 2012.01 - Vereador Adair Otaviano de Oliveira - Time de Voleibol Feminino "All Fitness Divinópolis"; 02 - Vereador Anderson José Ribeiro Saleme - Professor Moisés Caetano; 03 - Vereador Antônio de Lisboa Paduano Pereira - José Luiz Gomes; 04 - Vereador Beto Machado - Antônio Donizete "Dedé"; 05 - Vereadora Dra. Heloísa Cerri - Jair Miranda Coelho; 06 - Vereador Edmar Antônio Rodrigues - Amauri Reis; 07 - Vereador Edson José de Sousa - Rubens Carlos de Souza; 08 - Vereador Hilton de Aguiar - Roniene Leles Gonçalves; 09 - Vereador José Geraldo Pereira - Donizete José de Azevedo; 10 - Vereador Milton Donizete da Silva - Jailson Henrique dos Santos; 11 - Vereador Pastor Paulo César - Dupla de Tênis Daniel Azevedo Rocha da Veiga e Gustavo Azevedo Rocha da Veiga; 12 - Vereador Roberto Pedro Bento - Valcinei Krull Figueredo; 13 - Vereador Rodyson do Zé Milton - Rômulo Augusto Duarte da Silva.</t>
   </si>
   <si>
     <t>13613</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13613/13613_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13613/13613_texto_integral.pdf</t>
   </si>
   <si>
     <t>Homologa os nomes a serem agraciados com a Comenda "Destaque Cultural do Ano" para o ano de 2012. 01 - Vereador Adair Otaviano de Oliveira - Gicele Kênia de Souza Pinto; 02 - Vereador Anderson José Ribeiro Saleme - Os Teatráveis; 03 - Vereador Antônio de Lisboa Paduano Pereira - Eder Nunes Saldanha; 04 - Vereador Beto Machado - Projeto Rua do Rock; 05 - Vereadora Dra. Heloísa Cerri - Grupo Musical Elas; 06 - Vereador Edmar Antônio Rodrigues - Nivaldo Braga; 07 - Vereador Edson José de Sousa - Grupo Rouxinóis; 08 - Vereador Hilton de Aguiar - Escola de Ballet Juliana Maia; 09 - Vereador José Geraldo Pereira - Túlio Rivadávia Amaral Mascarenhas; 10 - Vereador Milton Donizete da Silva - Associação dos Artistas e Artesãos de Divinópolis; 11 - Vereador Pastor Paulo César - Coral Adilha Eunice Rangel; 12 - Vereador Roberto Pedro Bento - Maiher Menezes; 13 - Vereador Rodyson do Zé Milton - Mário Teles.</t>
   </si>
   <si>
     <t>13655</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13655/13655_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13655/13655_texto_integral.pdf</t>
   </si>
   <si>
     <t>Homologa os nomes a serem agraciados com a Comenda "Líder Comunitário do Ano" para o ano de 2012. 01 - Vereador Adair Otaviano de Oliveira - Maria de Fátima Millard Martins; 02 - Vereador Anderson José Ribeiro Saleme - Geraldo Majela Ferreira; 03 - Vereador Antônio de Lisboa Paduano Pereira - Custódio Gomes Oliveira; 04 - Vereador Beto Machado - Dari Roberto Pinto; 05 - Vereadora Dra. Heloísa Cerri - Maria Auxiliadora Vital da Silva; 06 - Vereador Edmar Antônio Rodrigues - Vanderci Rodrigues Vieira; 07 - Vereador Edson José de Sousa - Geraldo da Silva Soares; 08 - Vereador Hilton de Aguiar - José Alves Campos; 09 - Vereador José Geraldo Pereira - Donizete Aparecida de Sousa Gripp; 10 - Vereador Milton Donizete da Silva - José Welington de Sousa; 11 - Vereador Pastor Paulo César - Maria Helena Galvão; 12 - Vereador Roberto Pedro Bento - Donizetti Teixeira Carvalho; 13 - Vereador Rodyson do Zé Milton - Ione Maria da Silva.</t>
   </si>
   <si>
     <t>13664</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13664/13664_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13664/13664_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Organização Administrativa da Câmara Municipal de Divinópolis.</t>
   </si>
   <si>
     <t>13669</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13669/13669_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13669/13669_texto_integral.pdf</t>
   </si>
   <si>
     <t>Homologa os nomes a serem agraciados com a Comenda "Produtor Rural" para o ano de 2012. 01 - Vereador Adair Otaviano de Oliveira - Braz Fabião Cordeiro; 02 - Vereador Anderson José Ribeiro Saleme - Pedro Martins Filho; 03 - Vereador Antônio de Lisboa Paduano Pereira - Ivair Martins Ferreira; 04 - Vereador Beto Machado - Francisco Valinhas; 05 - Vereadora Dra. Heloísa Cerri - Tiago Simião; 06 - Vereador Edmar Antônio Rodrigues - Ronaldo Lanza Tolentino; 07 - Vereador Edson José de Sousa - Francisco Gonçalves Filho; 08 - Vereador Hilton de Aguiar - Reginaldo Geraldo Cordeiro; 09 - Vereador José Geraldo Pereira - Inelza Maria Justino Coelho; 10 - Vereador Milton Donizete da Silva - Antônio de Pádua Soares Ferreira; 11 - Vereador Pastor Paulo César - Granja Santa Clara – Sr. Oscar J. Gontijo; 12 - Vereador Roberto Pedro Bento - José Horácio da Silva; 13 - Vereador Rodyson do Zé Milton - Ronaldo Alves Rodrigues.</t>
   </si>
   <si>
     <t>13778</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13778/13778_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13778/13778_texto_integral.pdf</t>
   </si>
   <si>
     <t>Homologa os nomes das pessoas a serem agraciadas com a Comenda "Medalha Centenário”, no ano de 2012. 01 - Vereador Adair Otaviano de Oliveira - Ulisses Dias Furtado; 02 - Vereador Anderson José Ribeiro Saleme - Província Santa Cruz - Ordem Franciscana; 03 - Vereador Antônio de Lisboa Paduano Pereira - Geraldo da Costa Pereira; 04 - Vereador Beto Machado - Antônio de Lisboa Paduano Pereira; 05 - Vereadora Dra. Heloísa Cerri - Marina Silva; 06 - Vereador Edmar Rodrigues - Denis Soares Fagundes; 07 - Vereador Edson Sousa - 48ª Subseção Divinópolis da Ordem dos Advogados do Brasil; 08 - Vereador Hilton de Aguiar - Rafael José dos Santos; 09 - Vereador José Geraldo Pereira - Rui Farias Campos; 10 - Vereador Milton Donizete da Silva - Fernando Jorge Vilaça; 1 11 - Vereador Pastor Paulo César - Câmara dos Dirigentes Lojistas de Divinópolis – CDL; 12 - Vereador Roberto Pedro Bento - Vicente Alves Filho; 13 - Vereador Rodyson do Zé Milton - Vladimir de Faria Azevedo.</t>
   </si>
   <si>
     <t>13826</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13826/13826_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13826/13826_texto_integral.pdf</t>
   </si>
   <si>
     <t>Homologa os nomes a serem agraciados com a Comenda "Educador do Ano" para o ano de 2012. 01 - Vereador Adair Otaviano de Oliveira - César Pereira Gomes; 02 - Vereador Anderson José Ribeiro Saleme - Centro Educacional de Apoio e Atendimento Especializado – CEAAE; 03 - Vereador Antônio de Lisboa Paduano Pereira - Valéria Cristina Silva Fernandes; 04 - Vereador Beto Machado - Isabel Cristina de Melo Severino; 05 - Vereadora Dra. Heloísa Cerri - Maria Ângela Sena Rabelo 06 - Vereador Edmar Antônio Rodrigues - Maria da Conceição Braz do Amaral; 07 - Vereador Edson José de Sousa - José Gomes Pimenta; 08 - Vereador Hilton de Aguiar - Bruna Martins Nogueira Araújo; 09 - Vereador José Geraldo Pereira - Gustavo Henrique Fraga; 10 - Vereador Milton Donizete da Silva - Sania Maria Barra Martins; 11 - Vereador Pastor Paulo César - Clarice Ferreira Maia; 12 - Vereador Roberto Pedro Bento - Sandra de Figueiredo Araújo; 13 - Vereador Rodyson do Zé Milton - Cláudia Coura Coutinho</t>
   </si>
   <si>
     <t>13934</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13934/13934_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13934/13934_texto_integral.pdf</t>
   </si>
   <si>
     <t>Homologa os nomes a serem agraciados com a Comenda "Consciência Negra", no ano de 2012. 01 - Vereador Adair Otaviano de Oliveira - Cristina do Divino Espírito Santo; 02 - Vereador Anderson José Ribeiro Saleme - Cooperativa de Teatro; 03 - Vereador Antônio de Lisboa Paduano Pereira - Revista Raça Brasil; 04 - Vereador Beto Machado - Grupo de Capoeira Morro de Santana; 05 - Vereadora Dra. Heloísa Cerri - Vicente Teixeira; 06 - Vereador Edmar Rodrigues - Grupo Só H; 07 - Vereador Edson Sousa - Grupo Expressão Break; 08 - Vereador Gilmar do Davanuse - Sílvio França; 09 - Vereador Hilton de Aguiar -  Benedito Gonçalves; 10 - Vereador José Geraldo Pereira - Maurício Mendes; 11 - Vereador Pastor Paulo César - Centro Socioeducativo; 12 - Vereador Roberto Pedro Bento - Sandra Helena Silva Oliveira; 13 - Vereador Rodyson do Zé Milton - José Lopes Tiziu (in memorian)</t>
   </si>
   <si>
     <t>13948</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13948/13948_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13948/13948_texto_integral.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução de nº 250, de 25 de fevereiro de 2003, que dispõe sobre a organização administrativa dos Gabinetes Parlamentares da Câmara Municipal de Divinópolis.</t>
   </si>
   <si>
     <t>13991</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13991/13991_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13991/13991_texto_integral.pdf</t>
   </si>
   <si>
     <t>Disciplina a contratação de assinaturas de jornais, informativos, periódicos e revistas no âmbito da Câmara Municipal de Divinópolis.</t>
   </si>
   <si>
     <t>13271</t>
   </si>
   <si>
     <t>REQUE</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13271/13271_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13271/13271_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer do Sr. Secretário Municipal de Trânsito e Transportes o relatório dos dados estatísticos dos autos lavrados pela SETTRANS durante o período de Agosto de 2011 à Janeiro de 2012, discriminando: Período, Dias, Agentes, Autos lavrados pela Settrans, Média de Autos lavrados por dia por Agente Municipal, Autos lavrados pela Polícia Militar e Média de Autos lavrados por dia pela Polícia Militar.</t>
   </si>
   <si>
     <t>13287</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13287/13287_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13287/13287_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer do Sr. Prefeito os relatórios de Avaliação de Danos Materiais – AVADAN referentes aos períodos de 2009 a 2012, discriminados por ano.</t>
   </si>
   <si>
     <t>13270</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13270/13270_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13270/13270_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Senhor Prefeito Municipal, Dr. Vladimir de Faria Azevedo, aos cuidados da Secretaria Municipal de Saúde, pedido de cópia do Plano Municipal de Saúde.</t>
   </si>
   <si>
     <t>13269</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13269/13269_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13269/13269_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal, Dr.  Vladimir de Faria Azevedo informações a respeito da Escola Estadual Rosa Vaz de Araújo, localizada no bairro Vila Romana.</t>
   </si>
   <si>
     <t>13268</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13268/13268_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13268/13268_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo, informações sobre os recursos repassados pela empresa Plural aos cofres da Prefeitura de Divinópolis.</t>
   </si>
   <si>
     <t>13286</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13286/13286_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13286/13286_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo relatórios dos valores gastos na área de saúde bem como o número de procedimentos médicos realizados nos exercícios de 2008, 2009, 2010 e 2011, discriminados mensalmente.</t>
   </si>
   <si>
     <t>13267</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13267/13267_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13267/13267_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir Azevedo cópia das prestações de contas da secretaria em tela, referentes aos exercícios de 2009, 2010, 2011 e 2012 até a presente data.</t>
   </si>
   <si>
     <t>13266</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13266/13266_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13266/13266_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo cópia do organograma da SEMUSA na gestão 2005/2008.</t>
   </si>
   <si>
     <t>13265</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13265/13265_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13265/13265_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal, Dr. Vladimir de Faria Azevedo cópia do  Plano Municipal de Saúde, acompanhado da ata de aprovação no Conselho Municipal de Saúde.</t>
   </si>
   <si>
     <t>13264</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13264/13264_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13264/13264_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Pefeito Municipal Vladimir de Faria Azevedo cópia do Relatório Anual de Gestão da Semusa, dos exercícios de 2009, 2010 e 2011.</t>
   </si>
   <si>
     <t>13285</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13285/13285_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13285/13285_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Presidente da Câmara Vereador Anderson Saleme que seja realizada uma reunião no dia 5 de Março de 2012 às 14:00 horas no plenarinho. Nesta reunião gostaríamos que fossem convidados: Sra. Eliana Cançado Ferreira, Secretária Municipal de Educação; Sra. Valéria Peres Morato Gonçalves, Secretária Adjunta de Educação; Sra. Vera Lúcia Soares Prado, Superintendente Regional de Ensino do Estado de Minas Gerais</t>
   </si>
   <si>
     <t>13284</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13284/13284_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13284/13284_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Sr. Vladimir Azevedo solicitação de informações sobre quais   as bandas e/ou músicos locais se apresentarão no Carnaval 2012 de Divinópolis.</t>
   </si>
   <si>
     <t>13283</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13283/13283_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13283/13283_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Presidente da Câmara Vereador Anderson Saleme que seja formada nesta Casa Legislativa uma Comissão Permanente de Segurança Pública, conforme requerimento prévio de n° CM-­073/2010 enviado em 26/05/2010 a Presidência desta Casa.</t>
   </si>
   <si>
     <t>13304</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13304/13304_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13304/13304_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo relação de procedimentos do CAPS III, referente aos anos de 2009, 2010 e 2011, acompanhada com o valor arrecadado em APACS.</t>
   </si>
   <si>
     <t>13318</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13318/13318_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13318/13318_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo Relatório de Doenças Sensíveis à Atenção Primária, no período de janeiro de 2008 a dezembro de 2011.</t>
   </si>
   <si>
     <t>13305</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13305/13305_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13305/13305_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo cópia do contrato firmado entre o Município de Divinópolis e a Construtora Marco XX para a construção do Hospital Público Regional.</t>
   </si>
   <si>
     <t>13306</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13306/13306_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13306/13306_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo pedido de relatório dos gastos com folha de pagamento dos servidores da pasta em tela, referente aos anos de 2009, 2010 e 2011.</t>
   </si>
   <si>
     <t>13299</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13299/13299_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13299/13299_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer a relação do quantitativo de pessos que entraram nos shows de portões abertos contratados pela Prefeitura no período de 01/06/2001 até 01/06/2011 por ocasião do aniversário da cidade, discriminados anualmente, bem como informar o quantitativo de alimentos não perecíveis que foram arrecdados no citado período, discriminados por item e ano.</t>
   </si>
   <si>
     <t>13308</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13308/13308_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13308/13308_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Presidente da Câmara Sr. Anderson Saleme, que na solenidade "Medalha do Centenário" do ano de 2012, seja concedido a este Vereador a oportunidade de entregar a comenda de 2011, ao seu homenageado, pelo qual não foi entregue por alteração na data de realização da solenidade.</t>
   </si>
   <si>
     <t>13394</t>
   </si>
   <si>
     <t>CSMAC - Comissão de Saúde, Meio Ambiente e Ciência</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13394/13394_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13394/13394_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Presidente da Câmara Sr. Anderson José Ribeiro Saleme que seja realizada Audiência Pública para discussão  de poluição sonora no município, a ser efetuada no dia 09 de Abril de 2012, as 19 horas, no Plenário da Câmara Municipal. Audiência CANCELADA.</t>
   </si>
   <si>
     <t>13337</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13337/13337_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13337/13337_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo cópias dos documentos referentes ao comercio, "Bar do Milton"localizado na Av. Divino Espirito Santo, nº 429 - centro - Divinópolis, sendo os documentos: Cópia do Alvará de funcionamento; Licença para música ambiente; Licença para mesas na calçada; Licença para uso de toldo.</t>
   </si>
   <si>
     <t>13338</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13338/13338_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13338/13338_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo pedido de relatórios de todos os imóveis locados em nome da Semusa, bem como o valor dos aluguéis.</t>
   </si>
   <si>
     <t>13333</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13333/13333_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13333/13333_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo relatório contendo todos os valores repassados pelo Governo do Estado de Minas Gerais para aplicação na saúde, referente aos anos de 2009, 2010 e 2011.</t>
   </si>
   <si>
     <t>13354</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13354/13354_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13354/13354_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo relatório da taxa de mortalidade infantil no Município de Divinópolis no período de 2007 à 2011, discriminados por ano e mês.</t>
   </si>
   <si>
     <t>13418</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13418/13418_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13418/13418_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer esclarecimentos acerca do terreno da FACED adquirido pela Prefeitura par a construção do Centro Administrativo, onde com certeza foram tomadas algumas precauções antes da aquisição do terreno: 1) enviar cópia do Projeto original da FACED, que se encontra arquivado; 2) antes da Prefeitura comprar o terreno da FACED, quais foram os engenheiros responsáveis que fizeram a inspeção da estrutura do prédio?; 3) enviar cópia do relatório de inspeção estrutural; enviar cópia do projeto aprovado da construção do novo prédio da Prefeitura (adaptação FACED/Prefeitura).</t>
   </si>
   <si>
     <t>13392</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13392/13392_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13392/13392_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer Audiência Pública para a discussão de diretrizes da Política Nacional de Enfrentamento ao Crack e outras Drogas Ilícitas, a ser efetuada no dia 12 de abril de 2012, às 19 horas, no Plenário da Câmara Municipal.</t>
   </si>
   <si>
     <t>13381</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13381/13381_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13381/13381_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer do Sr. Prefeito Vladimir de Faria Azevedo a relação dos 200 (duzentos) maiores contribuintes do ISSNQ no município.</t>
   </si>
   <si>
     <t>13382</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13382/13382_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13382/13382_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação dos 500 (quinhentos) maiores proprietários de lotes no município.</t>
   </si>
   <si>
     <t>13383</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13383/13383_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13383/13383_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação dos 20 (vinte) maiores bairros (loteamentos) com imóveis predial e territorial no município.</t>
   </si>
   <si>
     <t>13384</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13384/13384_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13384/13384_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação de todos os convênios firmados pelo município a partir de 2009 com entidades que trabalham na recuperação de dependentes químicos, discriminando as entidades e os valores repassados.</t>
   </si>
   <si>
     <t>13385</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13385/13385_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13385/13385_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo o estudo do corpo de prova do prédio que foi adquirido da Faced pela prefeitura e nos esclarecer o destino das vinte palmeiras que se encontravam na entrada do prédio, bem como informar o nome e CREA do Engenheiro responsável pelo projeto do prédio original da Faced e nome e CREA do responsável técnico que fez a avaliação do prédio para a compra.</t>
   </si>
   <si>
     <t>13389</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13389/13389_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13389/13389_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo quantas parcelas a prefeitura recebeu da Copasa referente ao convênio do esgoto, qual o valor das parcelas e nos enviar os comprovantes dos depósitos.</t>
   </si>
   <si>
     <t>13386</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13386/13386_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13386/13386_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo cópia de todos os documentos e a prestação de contas do convênio entre a prefeitura e a Loja Maçônica Véritas Vincit em 2011.</t>
   </si>
   <si>
     <t>13387</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13387/13387_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13387/13387_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo, reiterando resposta ao Requerimento nº CM-014/2012 datado de 06/02/2012 conforme cópia anexa, aonde solicitamos cópia de todo o processo da reforma da Praça Dr. Dulphe Pinto de Aguiar do Bairro Porto Velho, incluindo a prestação de contas, licitação e notas fiscais.</t>
   </si>
   <si>
     <t>13388</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13388/13388_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13388/13388_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer do Sr. Júlio César Valério, DD. Secretário Municipal de Trânsito e Transportes o relatório dos dados estatísticos dos autos lavrados pela SETTRANS durante o mês de Março de 2011, discriminando: Período, Dias, Agentes, Autos lavrados pela Settrans, Média de Autos lavrados por dia por Agente Municipal, Autos lavrados pela Polícia Militar e Média de Autos lavrados por dia pela Polícia Militar, bem como os valores arrecadados no período de Março/2011 à Janeiro/2012.</t>
   </si>
   <si>
     <t>13390</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13390/13390_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13390/13390_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir Azevedo a Prestação de Contas do Convênio Celebrado entre o Município e o Clube do Cavalo.</t>
   </si>
   <si>
     <t>13391</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13391/13391_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13391/13391_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir Azevedo cópia do Contrato de Prestação de Serviço entre à Empresa Anel Via Shopping e a Prefeitura Municipal, sendo os serviços prestados com: Máquinas; Patrol; Rolo; Caminhão pipa; Caminhão basculante; Pessoal (funcionários).</t>
   </si>
   <si>
     <t>13406</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13406/13406_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13406/13406_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo, aos cuidados da Secretaria Municipal de Cadastro, pedido da relação de todos os bairros existentes em Divinópolis. Solicito, ainda, que seja enviada a relação de ruas e seus respectivos bairros que estão aguardando nomeação.</t>
   </si>
   <si>
     <t>13417</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13417/13417_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13417/13417_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo cópia dos documentos abaixo,com relação das investigações que estamos fazendo no prédio da Faced adquirido pela prefeitura. 1) Projeto Arquitetônico aprovado na prefeitura, com ART (anotação de responsabilidade técnica do projetista e do executor – CREA). 2) Projeto estrutural e de fundação, memorial de sondagem do terreno, com ART dos responsáveis. 3) Demais Projetos: hidráulico, elétrico, pluvial e outros. 4) Projeto de Prevenção e Combate a Incêndio e Pânico (PCPI). 5) Licença Ambiental para a construção e implementação do Paço. 6) Parecer da comissão de uso e ocupação do solo. 7) Relatório com o nome do Responsável Técnico que inspecionou a obra da Faced, antes de dar o aval para a aquisição. 8) Relatório do Estudo de Impacto Ambiental e de Vizinhança. 9) Projeto adaptado de Faced/Prefeitura e o Responsável Técnico.</t>
   </si>
   <si>
     <t>13438</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13438/13438_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13438/13438_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo, aos cuidados do Sr. Lúcio Antônio Espíndola de Sena, Secretário de Obras e Serviços Especiais, cópia dos documentos abaixo e esclarecimentos com relação a denúncia sobre os crimes ambientais ocorridos na Vila das Roseiras. 1) Relatório do Estudo de Impacto Ambiental e de Vizinhança. 2) Licença Ambiental. 3) Anuência do IEF. 4) Condicionantes. 5) Compensação Ambiental. 6) PRAD – Plano de Recuperação de Área Degradada. 7) Parecer da Comissão de Uso e Ocupação do Solo. 8) Qual a data do início das obras? 9) Qual a firma que ganhou a concessão de construção do condomínio? 10) Qual o RT da Prefeitura que fiscalizou e acompanhou as obras?</t>
   </si>
   <si>
     <t>13437</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13437/13437_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13437/13437_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo, aos cuidados do Sr. Lúcio Antônio Espíndola de Sena, Secretário de Obras e Serviços Especiais, solicitando nos informar dentro do prazo regimental, qual a projeção e estimativa de gastos com a recuperação da estrutura do Prédio da Faced.</t>
   </si>
   <si>
     <t>13435</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13435/13435_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13435/13435_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer do Sr. Coronel Paulo Adriano da Cunha, Coordenador Municipal da Defesa Civil cópia do Laudo da situação estrutural do Prédio da Faced adquirido pela prefeitura para construção do Centro Administrativo.</t>
   </si>
   <si>
     <t>13436</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13436/13436_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13436/13436_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Coronel Paulo Adriano da Cunha, Coordenador Municipal da Defesa Civil cópia de todos os laudos de risco elaborados pela Defesa Civil em relação a Pontes e Viadutos nos anos de 2008 à 2011.</t>
   </si>
   <si>
     <t>13449</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13449/13449_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13449/13449_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Presidente da Câmara Vereador Anderson Saleme que seja implantada uma Comissão Especial para avaliação sobre a situação da concessão do Auxílio Doença pela Previdência Social em Divinópolis.</t>
   </si>
   <si>
     <t>13448</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13448/13448_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13448/13448_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo cópia de todos os contratos artísticos referentes a Shows que já foram realizados e os que serão realizados até a programação do Centenário.</t>
   </si>
   <si>
     <t>13447</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13447/13447_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13447/13447_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo os seguintes esclarecimentos: Chegou ao nosso conhecimento que esta administração através do Ofício SEPLAG nº 0115/2012 de 30 de janeiro de 2012 encaminhou resposta ao Ofício 060/2011 para o CRESST orientando sobre acompanhamento médico. Ao nosso ver tal ofício agride a Lei Complementar nº 09/1992 em seu artigo 138 na subseção IV, pois a única fração que a mesma descreve é remuneração e não temporal, bem como a Constituição Estadual no seu artigo 73 na subseção VI. Em tempo, questionamos se tal ofício tem o parecer do Procurador do Município, se tiver nos enviar cópia do mesmo, pois o Procurador não tem poder de alterar texto legislativo.  Na oportunidade, solicitamos a Vossa Excelência a emissão de uma Circular a todos os órgãos da administração para o fiel cumprimento da lei vigente.</t>
   </si>
   <si>
     <t>13468</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13468/13468_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13468/13468_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo, pedido de informações sobre contrato celebrado entre o Ipsemg – Instituto de Previdência dos Servidores do Estado de Minas Gerais, e a Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>13469</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13469/13469_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13469/13469_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo, pedido de cópia do contrato celebrado entre o município e a empresa Fiorentino, para elaboração do projeto arquitetônico do Hospital Regional.</t>
   </si>
   <si>
     <t>13467</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13467/13467_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13467/13467_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo, pedido de informações sobre intervenções do Ministério Público do Estado de Minas Gerais junto à Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>13466</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13466/13466_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13466/13466_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo, aos cuidados da Secretaria Municipal de Saúde, pedido de informações sobre as pesquisas  realizadas pelo SUS em Divinópolis.</t>
   </si>
   <si>
     <t>13465</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13465/13465_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13465/13465_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo, aos cuidados da Secretaria Municipal de Saúde, pedido de informações sobre o Hospital Regional.</t>
   </si>
   <si>
     <t>13446</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13446/13446_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13446/13446_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação dos valores pagos referentes ao IPTU 2010, 2011 e 2012 dos imóveis relacionados neste Requerimento.</t>
   </si>
   <si>
     <t>13445</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13445/13445_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13445/13445_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo cópia de todo o Processo de Recuperação e Alargamento da Ponte que liga os Bairros Mangabeira e Ponte Funda, que teve como ganhadora da licitação a Empresa Infracon Engenharia e Comércio Ltda e o recurso do Governo Federal no valor de R$97.500,00.</t>
   </si>
   <si>
     <t>13444</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13444/13444_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13444/13444_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo cópia de todo o Processo de Recuperação e Alargamento da Ponte da Rua Pitangui.</t>
   </si>
   <si>
     <t>13443</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13443/13443_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13443/13443_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo relatório discriminando todos os gastos de manutenção com os veículos da Secretaria de Saúde no período de 01/01/2009 à 31/03/2012.</t>
   </si>
   <si>
     <t>13442</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13442/13442_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13442/13442_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo informações sobre se no período de Janeiro/2009 até 31/03/2012 algum Secretário fez viagem ao exterior. Caso afirmativo, nos informar o destino, data, motivo e valores gastos. Informar ainda se existe previsão de alguma viagem após 31/03/2012.</t>
   </si>
   <si>
     <t>13464</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13464/13464_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13464/13464_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo cópia de todo o Processo Licitatório (inclusive com o Projeto Básico e Minuta do Contrato) referente a obra que será executada na futura Sede da Prefeitura na Av. Paraná.</t>
   </si>
   <si>
     <t>13499</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13499/13499_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13499/13499_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo, aos cuidados da Secretaria Municipal de Saúde, pedido de informações sobre as ambulâncias encaminhadas para Divinópolis.</t>
   </si>
   <si>
     <t>13498</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13498/13498_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13498/13498_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo, aos cuidados da Secretaria Municipal de Fazenda, pedido de informações sobre a impressão das guias para pagamento do IPTU.</t>
   </si>
   <si>
     <t>13490</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13490/13490_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13490/13490_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação do quantitativo de imóveis residenciais e comerciais que estão cadastrados nos seguintes bairros: Candelária; Nova Fortaleza I; Nova Fortaleza II; Icaraí; Terra Azul; Ermida; Costa Azul; Porto Velho.</t>
   </si>
   <si>
     <t>13480</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13480/13480_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13480/13480_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Kelsen Ricardo Rios Lima, Procurador Geral do Município, esclarecimentos dentro do prazo regimental sobre o Decreto nº 9.969 de 30/05/2011.</t>
   </si>
   <si>
     <t>13491</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13491/13491_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13491/13491_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo esclarecimentos abaixo dentro do prazo regimental, com relação ao Projeto de Lei EM-131/2011 aprovado nesta Casa Legislativa, que autorizou um empréstimo de R$6.500.000,00 (Seis milhões e quinhentos mil reais) entre o Município e o Banco do Brasil para aquisição de móveis: 1) Já ocorreu o processo de licitação para compra dos móveis? Se ocorreu nos enviar cópia de todo o processo; 2) O dinheiro já foi liberado para a Prefeitura? Se foi nos informar: a) Quando foi liberado? b) O dinheiro se encontra em qual conta e o nº dela? c) Nos enviar extrato da referida conta desde o dia do depósito até a data de 19/04/12.</t>
   </si>
   <si>
     <t>13492</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13492/13492_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13492/13492_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação de todos os Projetos (Social, Cultural, Urbanização e outros) que foram encaminhados ao Governo Federal desde Janeiro de 2009 até Abril de 2012. Estamos fazendo um estudo, mas não há necessidade de enviar o projeto e sim o objeto do mesmo e qual o seu valor.</t>
   </si>
   <si>
     <t>13493</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13493/13493_texto_integral.doc</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13493/13493_texto_integral.doc</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo os seguintes esclarecimentos dentro do prazo regimental: A Prefeitura Municipal irá contratar o Show do Conjunto Paralamas do Sucesso nas Festividades Municipais? Caso afirmativo nos enviar cópia do Contrato.</t>
   </si>
   <si>
     <t>13500</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13500/13500_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13500/13500_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer à Sra. Secretária Municipal de Saúde, Rosenilce Cherri Mourão, para reunião no Plenarinho da Cara Municipal de Divinópolis, no dia 16 de Maio de 2012, as 14 horas.</t>
   </si>
   <si>
     <t>13497</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13497/13497_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13497/13497_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo informações sobre o Jornal Prefeitura Trabalhando, que circulou em março do corrente ano.</t>
   </si>
   <si>
     <t>13509</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13509/13509_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13509/13509_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo relatórios sobre precatórios.</t>
   </si>
   <si>
     <t>13516</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13516/13516_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13516/13516_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo o Relatório de todas as Guias pagas de ITBI desde Janeiro/2009 até a data de 13/05/2012.</t>
   </si>
   <si>
     <t>13515</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13515/13515_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13515/13515_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo cópia do Estatuto ou Regimento Interno que rege o funcionamento do Teatro Gravatá com as entidades e a sociedade civil, bem como a relação de todos os setores da sociedade que alugaram o teatro desde Janeiro de 2009 até a presente data, nos informando data, tipo de evento, valor do aluguel e cópias dos contratos firmados juntamente com os recibos do pagamento do aluguel.</t>
   </si>
   <si>
     <t>13541</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13541/13541_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13541/13541_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Júlio César Valério, Secretário Municipal de Trânsito e Transportes, o relatório dos dados estatísticos dos autos lavrados pela SETTRANS durante os meses de Fevereiro, Março e Abril de 2012, discriminando: Período, Dias, Agentes, Autos lavrados pela Settrans, Média de Autos lavrados por dia por Agente Municipal, Autos lavrados pela Polícia Militar e Média de Autos lavrados por dia pela Polícia Militar, bem como os valores recebidos com arrecadação de multas nos meses de Janeiro e Fevereiro/2011 e Fevereiro, Março e Abril de 2012.</t>
   </si>
   <si>
     <t>13556</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13556/13556_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13556/13556_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo, pedido de informações sobre folder Guia da Área Central.</t>
   </si>
   <si>
     <t>13555</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13555/13555_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13555/13555_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Sr. Vladimir de Faria Azevedo informações sobre gastos com publicações no catálogo telefônico Superguia Pemafa.</t>
   </si>
   <si>
     <t>13554</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13554/13554_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13554/13554_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo, aos cuidados da Secretaria Municipal de Saúde informações sobre aquisição de medicamentos e material para Raio X.</t>
   </si>
   <si>
     <t>13540</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13540/13540_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13540/13540_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo a relação e cópias de todos os Contratos assinados com o Comitê da Bacia Hidrográfica do Rio Pará desde Janeiro/2009 à 30/04/2012.</t>
   </si>
   <si>
     <t>13539</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13539/13539_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13539/13539_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação de todos os servidores da prefeitura que recebem gratificações, discriminando nome, cargo/função, lotação, valor e desde quando?</t>
   </si>
   <si>
     <t>13538</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13538/13538_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13538/13538_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação de todos os servidores da prefeitura que receberam horas extras desde Janeiro/2009 até Abril/2012, discriminando nome, cargo/função, lotação, total de horas extras e valores recebidos por mês.</t>
   </si>
   <si>
     <t>13537</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13537/13537_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13537/13537_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo relatório assinado pelo Responsável Técnico da futura obra que será feita na Av. Paraná, iscriminando os serviços que serão feitos, bem como a planilha com o custo da obra e materiais que serão gastos.</t>
   </si>
   <si>
     <t>13553</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13553/13553_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13553/13553_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo informações e cópias de documentos relativos à pagamentos por serviços de publicidade à empresa Sistema Pemafa de Comunicação.</t>
   </si>
   <si>
     <t>13599</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13599/13599_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13599/13599_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito   Municipal  Vladimir de Faria Azevedo, pedido de informações sobre recursos repassados pela Prefeitura Municipal ao Sindicato Rural de Divinópolis.</t>
   </si>
   <si>
     <t>13598</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13598/13598_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13598/13598_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo informações  sobre reformas no Centro de Saúde do Bairro Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>13597</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13597/13597_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13597/13597_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo cópias de documentos e informações relacionadas às Comunidades Terapêuticas.</t>
   </si>
   <si>
     <t>13622</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13622/13622_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13622/13622_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer à Sra. Eliana Cançado Ferreira, Secretária Municipal de Educação os seguintes relatórios: Orçamento total da Secretaria; Orçamento de pessoal efetivo, comissionado e designado; Recursos do FNDE e FUNDEB; Média do investimento em educação nos últimos 3 anos.</t>
   </si>
   <si>
     <t>13621</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13621/13621_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13621/13621_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Júlio César Valério, Secretário Municipal de Trânsito e Transportes, cópia xerox de todos os recursos de multas protocolados na Junta durante o período de Janeiro/2009 à Maio/2012.</t>
   </si>
   <si>
     <t>13620</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13620/13620_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13620/13620_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação de todos os valores que a prefeitura pagou dos Projetos SOMA desde Julho/2011 até Maio/2012, discriminando o nº do contrato, convênio e valores.</t>
   </si>
   <si>
     <t>13619</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13619/13619_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13619/13619_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Pedro Coelho Amaral, Secretário Municipal de Meio Ambiente e Políticas Urbanas os esclarecimentos abaixo dentro do prazo regimental: 1) Quantas nascentes existem em Divinópolis e onde se localizam as mesmas? 2) Quantas fossas existem em Divinópolis, discriminando o quantitativo por bairros?</t>
   </si>
   <si>
     <t>13618</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13618/13618_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13618/13618_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação de todas as verbas liberadas para o Sindicato Rural de Divinópolis, discriminando valor, data da liberação e o motivo da liberação da mesma.</t>
   </si>
   <si>
     <t>13624</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13624/13624_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13624/13624_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Deputado Federal Domingos Sávi a relação de todas as suas emendas de verbas destinadas e liberadas para Divinópolis e seus respectivos valores.</t>
   </si>
   <si>
     <t>13692</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13692/13692_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13692/13692_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Irajá Ferreira Nogueira, Presidente do Sindicato Rural de Divinópolis as informações abaixo, por ocasião das festividades do Aniversário da Cidade: 1) Quantos kgs de alimentos não perecíveis foram arrecadados e a quem foram destinados?; 2) Quantos camarotes foram vendidos? Qual o preço e os compradores?</t>
   </si>
   <si>
     <t>13686</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13686/13686_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13686/13686_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Presidente da Câmara Vereador Anderson Saleme que   seja   avaliada   a   alteração do Regimento Interno desta casa, em seu Art. 243, que trata da questão do voto secreto dos vereadores, para que esta forma de voto seja abolida e que seja adotada a votação nominal em todas as espécies de votações da Câmara Municipal de Divinópolis.</t>
   </si>
   <si>
     <t>13672</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13672/13672_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13672/13672_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir Azevedo informações e relatórios atualizados e detalhados sobre o andamento do 1° Processo Licitatório do Transporte Coletivo de Divinópolis, abrangendo todo o processo de seu início até a presente data e complementarmente até o final de todo o processo.</t>
   </si>
   <si>
     <t>13704</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13704/13704_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13704/13704_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo, pedido de informações sobre aplicação de recursos públicos em publicidades, festas e patrocínios a eventos de terceiros.</t>
   </si>
   <si>
     <t>13703</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13703/13703_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13703/13703_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo, pedido de informações sobre contratos firmados entre o município de Divinópolis e a empresa  Guimarães e Simão Comunicações, Eventos e Publicidade.</t>
   </si>
   <si>
     <t>13732</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13732/13732_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13732/13732_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Presidente da Câmara Vereador Anderson Saleme que seja convocada uma Audiência Pública para as 14h, do dia 31 de Agosto de 2012, no Plenário da Câmara Municipal.</t>
   </si>
   <si>
     <t>13725</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13725/13725_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13725/13725_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação de todas as ruas do município que não dispõem de rede de esgoto e pavimentação com os respectivos bairros.</t>
   </si>
   <si>
     <t>13724</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13724/13724_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13724/13724_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Júlio César Valério, DD. Secretário Municipal de Trânsito e Transportes o relatório dos dados estatísticos dos autos lavrados pela SETTRANS durante os meses de Maio a Julho de 2012, discriminando: Período, Dias, Agentes, Autos lavrados pela Settrans, Média de Autos lavrados por dia por Agente Municipal, Autos lavrados pela Polícia Militar e Média de Autos lavrados por dia pela Polícia Militar, bem como os valores recebidos com arrecadação de multas no período de Novembro de 2008 à Julho/2012.</t>
   </si>
   <si>
     <t>13723</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13723/13723_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13723/13723_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação de todos os cargos de confiança da prefeitura e EMOP durante o período de 01/01/2009 até a presente data, discriminando os nomes dos ocupantes dos respectivos cargos, data de nomeação e valor do vencimento.</t>
   </si>
   <si>
     <t>13722</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13722/13722_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13722/13722_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao sr. Prefeito Vladimir de Faria Azevedo cópia de todos os convênios firmados entre a Prefeitura e o Sindicato Rural de Divinópolis no ano de 2004, por ocasião das festividades do aniversário da cidade.</t>
   </si>
   <si>
     <t>13737</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13737/13737_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13737/13737_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação de todos os gastos bem como a descrição das obras realizadas na Rua Pìtangui no período de Janeiro/2009 até Julho/2012.</t>
   </si>
   <si>
     <t>13721</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13721/13721_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13721/13721_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo cópia de todos os convênios assinados com o Sindicato Rural de Divinópolis no ano de 2012, especificamente com relação a festa do dia 1º de junho.</t>
   </si>
   <si>
     <t>13736</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13736/13736_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13736/13736_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação de todos os gastos com shows, incluindo notas de empenho e cheques, por ocasião das festividades da inauguração da UPA no Bairro Ponte Funda no mês de junho/2012.</t>
   </si>
   <si>
     <t>13735</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13735/13735_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13735/13735_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação do quantitativo de servidores da prefeitura concursados, contratados e estagiários existentes nas seguintes datas: 1/12/2007, 31/12/2008, 31/12/2009, 31/12/2010, 31/12/2011 e 31/07/2012, discriminados por secretaria e órgão de lotação.</t>
   </si>
   <si>
     <t>13734</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13734/13734_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13734/13734_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo cópia de todos os convênios assinados com a CDL, Polícia Militar e Polícia Civil no período de Janeiro/2009 até Julho/2012.</t>
   </si>
   <si>
     <t>13733</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13733/13733_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13733/13733_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a destinação e aplicação da receita arrecadada com a cobrança das multas de trânsito do período de Janeiro/2009 à Julho/2012, baseado na legislação do código de trânsito brasileiro, especificamente art. 320 – CTB.</t>
   </si>
   <si>
     <t>13780</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13780/13780_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13780/13780_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo cópia do contrato celebrado com as empresas integrantes dos serviços de operação do sistema de Transporte Coletivo Urbano e Rural do Município de Divinópolis de conformidade com a Lei nº 7.440/2011.</t>
   </si>
   <si>
     <t>13779</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13779/13779_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13779/13779_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer do Sr. Prefeito MunicipalVladimir de Faria Azevedo as informações abaixo, acerca do consórcio vencedor do processo de licitação do serviço de operação do sistema de Transporte Coletivo Urbano e Rural do Município: Quais são as empresas integrantes do consórcio?; Qual a frota de veículos por empresa?; Qual a média urbana e rural de passageiros transportados por dia por empresa?; Qual o custo de cada veículo e a depreciação de 05 anos de uso?</t>
   </si>
   <si>
     <t>13805</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13805/13805_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13805/13805_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer do Sr. Antônio Carlos de Oliveira Castelo, DD. Secretário Municipal da Fazenda cópias dos demonstrativos mensais de receita e despesa do Fundo Municipal de Transporte referente ao período de Janeiro/2009 à Julho/2012.</t>
   </si>
   <si>
     <t>13795</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13795/13795_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13795/13795_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo as seguintes informações dentro do prazo regimental: Mediante Decreto nº 9493: 1) Quantos e quais Alvarás que foram expedidos a pessoas jurídicas para fazerem publicidade em ônibus?; 2) Quais as empresas de Ônibus que foram contratadas para fazerem as publicidades?; 3) Quanto foi o valor de ISSQN que os contratantes recolheram aos cofres públicos?</t>
   </si>
   <si>
     <t>13810</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13810/13810_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13810/13810_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação de toda pavimentação asfáltica e poliédrica realizada no município no período de Janeiro/2009 até Agosto/2012, discriminando a metragem pavimentada bem como os trechos (ruas e respectivos bairros).</t>
   </si>
   <si>
     <t>13868</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13868/13868_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13868/13868_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Presidente da Câmara Vereador Anderson Saleme sejam incluídos na pauta para discussão e votação os Projetos de Lei CMs-103/2011 e 104/2011, que tratam respectivamente da fixação dos subsídios dos vereadores para a próxima legislatura e do Prefeito, Vice-Prefeito e Secretários para o período de 2013 a 2016.</t>
   </si>
   <si>
     <t>13919</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13919/13919_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13919/13919_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Presidente da Câmara Vereador Anderson Saleme uma cópia do contrato de locação de veículos da Câmara Municipal de Divinópolis em vigência; e uma cópia do contrato de locação de veículos do período anterior ao vigente.</t>
   </si>
   <si>
     <t>13916</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13916/13916_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13916/13916_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo cópia de todo o Processo Administrativo Disciplinar instaurado pelo Decreto nº 10.009, de 21 de junho de 2011, que implicou na penalidade de demissão da servidora Celma Bosque Gonçalves, conforme disposto no Decreto nº 10.849, de 18 de outubro de 2012.</t>
   </si>
   <si>
     <t>13933</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13933/13933_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13933/13933_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Márcio Lúcio Chula, Diretor Executivo do Diviprev – Instituto de Previdência dos Servidores do Município de Divinópolis o balancete financeiro com o total dos débitos e créditos das contas do Diviprev no período Junho à Outubro/2012.</t>
   </si>
   <si>
     <t>13946</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13946/13946_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13946/13946_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Márcio Lúcio Chula, Diretor Executivo do Diviprev – Instituto de Previdência dos Servidores do Município de Divinópolis informações sobre a atual situação do repasse do município dos descontos das contribuições dos servidores municipais nos últimos 12 meses e se existe alguma pendência de repasse. Caso afirmativo, nos informar quais os meses.</t>
   </si>
   <si>
     <t>13943</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13943/13943_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13943/13943_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação da movimentação das despesas do Hospital Público acompanhadas dos extratos bancários, tanto da conta dos convênios quanto dos recursos financeiros destinados a construção do Hospital Público, desde o início da construção do mesmo.</t>
   </si>
   <si>
     <t>13924</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13924/13924_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13924/13924_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal Vladimir de Faria Azevedo, aos cuidados da Secretaria Municipal de Saúde, informações sobre o número de atendimentos realizados nas UBSs(Unidades Básicas de Saúde) e nos PSFs (Postos de Saúde da Família) do setor 9. Requer também informações sobre a demanda dessas UBSs e PSFs.</t>
   </si>
   <si>
     <t>13925</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13925/13925_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13925/13925_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Presidente da Câmara que seja encaminhado à Via Solo, pedido de informações sobre o número de animais recolhidos pelas empresas desde o início de 2009 até a presente data. Solicita também que seja informado se há alguma denúncia sobre a desova de animais de médio e grande porte.</t>
   </si>
   <si>
     <t>13975</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13975/13975_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13975/13975_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Municipal informações referentes à verba carimbada, a rubrica/número e valores existentes na dotação orçamentária nesta data   que dizem respeito à construção da ponte no Complexo da Ferradura sobre a linha férrea existente no local e toda documentação e movimentação bancária com comprovantes de saldo constando data do depósito da verba encaminhada para tal propósito, assim como saída da mesma; licitação da obra e seus prazos especificados.</t>
   </si>
   <si>
     <t>14000</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14000/14000_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14000/14000_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Márcio Lúcio Chula, Diretor Executivo do Diviprev – Instituto de Previdência dos Servidores do Município de Divinópolis, cópia dos comprovantes de repasse patronal e dos servidores municipais com as respectivas datas e os valores dos depósitos referente ao período de janeiro a novembro de 2012.</t>
   </si>
   <si>
     <t>13997</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13997/13997_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13997/13997_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo se a Prefeitura fez algum Contrato, Convênio de Prestação de Serviços ou Consultoria com a Empresa DIGICORP – Consultoria e Sistemas Ltda, durante o período de 01/01/2009 até a presente data.</t>
   </si>
   <si>
     <t>13998</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13998/13998_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13998/13998_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo a relação de todos os precatórios pagos pela Prefeitura, durante o período de 01/01/2009 até a presente data, discriminando a quem pagou, a data e valores.</t>
   </si>
   <si>
     <t>13999</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13999/13999_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13999/13999_texto_integral.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito Vladimir de Faria Azevedo o balancete de toda receita e despesa da taxa de iluminação pública durante o período de 01/01/2009 até a presente data, discriminando os valores arrecadados e os investimentos feitos.</t>
   </si>
   <si>
     <t>13234</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>SUBEM</t>
   </si>
   <si>
     <t>Subemenda à Emenda/Mensagem</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13234/13234_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13234/13234_texto_integral.pdf</t>
   </si>
   <si>
     <t>Subemenda nº CM-001/2012 à Emenda de nº CM-190/2011 ao Projeto de Lei nº CM-089/2011.</t>
   </si>
   <si>
     <t>13282</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto total ou parcial</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13282/13282_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13282/13282_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL ao Projeto de Lei nº EM-122/2011, que dispõe sobr a qualificação de entidades como organizações sociais e dá outras providências.</t>
   </si>
   <si>
     <t>13787</t>
   </si>
   <si>
     <t>Subemenda II à Emenda</t>
   </si>
   <si>
-    <t>https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13787/13787_texto_integral.pdf</t>
+    <t>http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13787/13787_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBEMENDA DE Nº CM-002/2012 À EMENDA DE Nº CM-010/2012  AO PROJETO DE LEI DE Nº CM-009/2012.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -8456,68 +8456,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13255/13255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13320/13320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13330/13330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13371/13371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13393/13393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13426/13426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13411/13411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13508/13508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13519/13519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13550/13550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13549/13549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13578/13578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13586/13586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13579/13579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13606/13606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13607/13607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13608/13608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13609/13609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13610/13610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13611/13611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13612/13612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13605/13605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13632/13632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13635/13635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13657/13657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13658/13658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13656/13656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13659/13659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13667/13667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13666/13666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13665/13665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13668/13668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13670/13670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13786/13786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13789/13789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13790/13790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13827/13827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13814/13814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13817/13817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13845/13845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13866/13866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13867/13867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13904/13904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13879/13879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13880/13880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13881/13881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13882/13882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13886/13886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13883/13883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13884/13884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13896/13896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13887/13887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13888/13888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13889/13889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13890/13890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13891/13891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13892/13892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13893/13893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13894/13894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13895/13895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13885/13885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13911/13911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13903/13903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13898/13898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13899/13899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13900/13900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13994/13994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13902/13902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13897/13897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13942/13942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13958/13958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13969/13969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13973/13973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13962/13962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13984/13984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13983/13983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13982/13982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13981/13981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13985/13985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14003/14003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14001/14001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14002/14002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14008/14008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14004/14004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14014/14014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14015/14015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14016/14016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14017/14017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14018/14018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13235/13235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13236/13236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13231/13231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13261/13261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13278/13278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13328/13328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13256/13256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13254/13254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13257/13257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13276/13276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13311/13311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13329/13329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13531/13531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13291/13291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13275/13275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13258/13258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13259/13259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13260/13260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13274/13274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13273/13273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13272/13272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13290/13290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13289/13289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13288/13288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13300/13300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13301/13301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13302/13302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13339/13339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13303/13303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13378/13378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13309/13309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13326/13326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13334/13334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13335/13335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13514/13514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13513/13513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13331/13331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13365/13365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13336/13336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13346/13346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13345/13345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13530/13530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13355/13355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13489/13489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13401/13401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13366/13366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13512/13512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13573/13573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13379/13379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13380/13380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13402/13402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13403/13403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13532/13532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13533/13533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13367/13367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13404/13404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13405/13405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13420/13420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13419/13419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13425/13425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13424/13424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13440/13440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13423/13423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13422/13422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13421/13421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13524/13524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13439/13439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13453/13453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13452/13452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13523/13523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13451/13451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13473/13473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13474/13474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13472/13472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13450/13450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13471/13471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13470/13470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13475/13475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13476/13476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13477/13477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13522/13522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13484/13484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13483/13483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13547/13547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13546/13546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13482/13482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13481/13481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13488/13488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13502/13502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13501/13501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13511/13511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13510/13510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13564/13564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13563/13563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13521/13521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13562/13562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13572/13572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13520/13520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13518/13518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13517/13517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13561/13561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13560/13560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13545/13545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13544/13544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13543/13543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13559/13559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13571/13571_texto_integral.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13570/13570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13583/13583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13582/13582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13542/13542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13581/13581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13569/13569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13558/13558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13577/13577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13557/13557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13568/13568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13567/13567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13566/13566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13565/13565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13603/13603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13604/13604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13580/13580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13602/13602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13601/13601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13617/13617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13628/13628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13629/13629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13636/13636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13600/13600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13616/13616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13623/13623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13615/13615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13614/13614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13660/13660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13630/13630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13631/13631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13687/13687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13701/13701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13661/13661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13645/13645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13688/13688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13689/13689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13690/13690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13680/13680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13679/13679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13678/13678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13677/13677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13691/13691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13676/13676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13675/13675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13673/13673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13674/13674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13671/13671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13705/13705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13706/13706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13765/13765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13730/13730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13729/13729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13728/13728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13740/13740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13727/13727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13726/13726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13833/13833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13832/13832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13739/13739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13764/13764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13828/13828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13738/13738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13766/13766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13772/13772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13773/13773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13781/13781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13767/13767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13792/13792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13768/13768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13769/13769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13770/13770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13782/13782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13784/13784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13794/13794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13793/13793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13802/13802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13803/13803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13797/13797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13798/13798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13796/13796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13804/13804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13800/13800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13819/13819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13820/13820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13821/13821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13825/13825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13824/13824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13823/13823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13801/13801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13809/13809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13807/13807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13822/13822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13831/13831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13830/13830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13829/13829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13848/13848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13849/13849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13847/13847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13846/13846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13852/13852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13851/13851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13856/13856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13855/13855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13854/13854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13869/13869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13870/13870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13929/13929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13928/13928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13927/13927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13935/13935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13936/13936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13871/13871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13874/13874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13873/13873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13907/13907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13906/13906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13905/13905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13914/13914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13937/13937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13915/13915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13932/13932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13938/13938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13913/13913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13931/13931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13930/13930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13939/13939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13940/13940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13920/13920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13921/13921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13945/13945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13944/13944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13970/13970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13976/13976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13977/13977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14012/14012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14011/14011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13245/13245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13244/13244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13247/13247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13246/13246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13262/13262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13263/13263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13527/13527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13327/13327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13342/13342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13343/13343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13416/13416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13375/13375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13374/13374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13529/13529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13373/13373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13506/13506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13412/13412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13441/13441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13505/13505_texto_integral.odt" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13486/13486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13528/13528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13783/13783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13700/13700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13585/13585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13584/13584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13627/13627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13625/13625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13626/13626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13642/13642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13641/13641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13640/13640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13639/13639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13638/13638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13637/13637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13761/13761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13760/13760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13699/13699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13698/13698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13759/13759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13697/13697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13758/13758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13757/13757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13756/13756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13755/13755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13754/13754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13763/13763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13753/13753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13762/13762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13752/13752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13751/13751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13750/13750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13749/13749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13748/13748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13745/13745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13746/13746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13747/13747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13683/13683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13682/13682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13743/13743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13744/13744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13702/13702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13696/13696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13695/13695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13842/13842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13741/13741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13811/13811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13972/13972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13839/13839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13818/13818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13971/13971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13840/13840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13838/13838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13841/13841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13956/13956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13974/13974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14010/14010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14009/14009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13241/13241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13243/13243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13242/13242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13238/13238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13240/13240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13239/13239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13237/13237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13277/13277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13293/13293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13296/13296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13292/13292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13295/13295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13294/13294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13322/13322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13307/13307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13324/13324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13321/13321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13323/13323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13325/13325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13340/13340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13341/13341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13353/13353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13356/13356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13364/13364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13377/13377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13376/13376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13408/13408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13407/13407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13414/13414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13413/13413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13415/13415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13434/13434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13432/13432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13433/13433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13462/13462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13463/13463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13485/13485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13494/13494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13526/13526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13525/13525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13535/13535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13536/13536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13643/13643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13644/13644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13681/13681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13694/13694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13693/13693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13720/13720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13719/13719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13718/13718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13771/13771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13799/13799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13806/13806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13872/13872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13908/13908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13875/13875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13876/13876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13917/13917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13918/13918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13923/13923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13909/13909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13910/13910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13922/13922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13926/13926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13941/13941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13947/13947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13957/13957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13978/13978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13979/13979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13980/13980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14013/14013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13552/13552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13396/13396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13397/13397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13409/13409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13654/13654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13808/13808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13961/13961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13993/13993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13229/13229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13344/13344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13964/13964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13312/13312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13279/13279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13280/13280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13228/13228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13313/13313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13314/13314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13297/13297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13315/13315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13316/13316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13281/13281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13590/13590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13370/13370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13591/13591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13592/13592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13317/13317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13593/13593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13368/13368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13369/13369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13351/13351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13399/13399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13646/13646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13457/13457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13575/13575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13458/13458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13459/13459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13495/13495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13455/13455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13576/13576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13574/13574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13548/13548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13594/13594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13647/13647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13648/13648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13649/13649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13650/13650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13651/13651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13684/13684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13652/13652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13653/13653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13685/13685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13708/13708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13709/13709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13711/13711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13712/13712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13710/13710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13742/13742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13715/13715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13716/13716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13714/13714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13785/13785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13813/13813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13788/13788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13816/13816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13815/13815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13850/13850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13857/13857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13858/13858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13859/13859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13860/13860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13861/13861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13862/13862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13834/13834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13835/13835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13836/13836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13837/13837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13912/13912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13864/13864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13865/13865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13949/13949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13950/13950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13965/13965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13951/13951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13952/13952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13953/13953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13988/13988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13963/13963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13966/13966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13967/13967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13989/13989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13987/13987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13233/13233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13232/13232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13253/13253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13298/13298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13319/13319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13332/13332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13348/13348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13347/13347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13352/13352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13349/13349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13359/13359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13360/13360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13358/13358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13372/13372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13357/13357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13362/13362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13361/13361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13456/13456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13363/13363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13398/13398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13395/13395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13400/13400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13454/13454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13460/13460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13461/13461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13503/13503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13487/13487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13430/13430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13504/13504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13587/13587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13496/13496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13507/13507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13551/13551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13588/13588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13595/13595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13589/13589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13634/13634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13633/13633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13662/13662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13663/13663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13707/13707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13774/13774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13713/13713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13775/13775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13776/13776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13717/13717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13955/13955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13777/13777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13812/13812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13843/13843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13844/13844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13853/13853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13878/13878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13954/13954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13959/13959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13960/13960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13990/13990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13996/13996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14006/14006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13310/13310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13410/13410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13431/13431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13427/13427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13428/13428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13429/13429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13596/13596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13613/13613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13655/13655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13664/13664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13669/13669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13778/13778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13826/13826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13934/13934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13948/13948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13991/13991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13271/13271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13287/13287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13270/13270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13269/13269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13268/13268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13286/13286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13267/13267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13266/13266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13265/13265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13264/13264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13285/13285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13284/13284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13283/13283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13304/13304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13318/13318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13305/13305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13306/13306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13299/13299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13308/13308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13394/13394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13337/13337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13338/13338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13333/13333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13354/13354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13418/13418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13392/13392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13381/13381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13382/13382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13383/13383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13384/13384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13385/13385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13389/13389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13386/13386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13387/13387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13388/13388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13390/13390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13391/13391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13406/13406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13417/13417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13438/13438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13437/13437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13435/13435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13436/13436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13449/13449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13448/13448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13447/13447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13468/13468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13469/13469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13467/13467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13466/13466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13465/13465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13446/13446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13445/13445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13444/13444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13443/13443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13442/13442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13464/13464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13499/13499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13498/13498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13490/13490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13480/13480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13491/13491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13492/13492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13493/13493_texto_integral.doc" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13500/13500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13497/13497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13509/13509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13516/13516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13515/13515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13541/13541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13556/13556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13555/13555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13554/13554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13540/13540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13539/13539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13538/13538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13537/13537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13553/13553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13599/13599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13598/13598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13597/13597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13622/13622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13621/13621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13620/13620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13619/13619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13618/13618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13624/13624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13692/13692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13686/13686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13672/13672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13704/13704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13703/13703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13732/13732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13725/13725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13724/13724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13723/13723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13722/13722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13737/13737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13721/13721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13736/13736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13735/13735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13734/13734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13733/13733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13780/13780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13779/13779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13805/13805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13795/13795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13810/13810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13868/13868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13919/13919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13916/13916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13933/13933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13946/13946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13943/13943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13924/13924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13925/13925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13975/13975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14000/14000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13997/13997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13998/13998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13999/13999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13234/13234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13282/13282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13787/13787_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13255/13255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13320/13320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13330/13330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13371/13371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13393/13393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13426/13426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13411/13411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13508/13508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13519/13519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13550/13550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13549/13549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13578/13578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13586/13586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13579/13579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13606/13606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13607/13607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13608/13608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13609/13609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13610/13610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13611/13611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13612/13612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13605/13605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13632/13632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13635/13635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13657/13657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13658/13658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13656/13656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13659/13659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13667/13667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13666/13666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13665/13665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13668/13668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13670/13670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13786/13786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13789/13789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13790/13790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13827/13827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13814/13814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13817/13817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13845/13845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13866/13866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13867/13867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13904/13904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13879/13879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13880/13880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13881/13881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13882/13882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13886/13886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13883/13883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13884/13884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13896/13896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13887/13887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13888/13888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13889/13889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13890/13890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13891/13891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13892/13892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13893/13893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13894/13894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13895/13895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13885/13885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13911/13911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13903/13903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13898/13898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13899/13899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13900/13900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13994/13994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13902/13902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13897/13897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13942/13942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13958/13958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13969/13969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13973/13973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13962/13962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13984/13984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13983/13983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13982/13982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13981/13981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13985/13985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14003/14003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14001/14001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14002/14002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14008/14008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14004/14004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14014/14014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14015/14015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14016/14016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14017/14017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14018/14018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13235/13235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13236/13236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13231/13231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13261/13261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13278/13278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13328/13328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13256/13256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13254/13254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13257/13257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13276/13276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13311/13311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13329/13329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13531/13531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13291/13291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13275/13275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13258/13258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13259/13259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13260/13260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13274/13274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13273/13273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13272/13272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13290/13290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13289/13289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13288/13288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13300/13300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13301/13301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13302/13302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13339/13339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13303/13303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13378/13378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13309/13309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13326/13326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13334/13334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13335/13335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13514/13514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13513/13513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13331/13331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13365/13365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13336/13336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13346/13346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13345/13345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13530/13530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13355/13355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13489/13489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13401/13401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13366/13366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13512/13512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13573/13573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13379/13379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13380/13380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13402/13402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13403/13403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13532/13532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13533/13533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13367/13367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13404/13404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13405/13405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13420/13420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13419/13419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13425/13425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13424/13424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13440/13440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13423/13423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13422/13422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13421/13421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13524/13524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13439/13439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13453/13453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13452/13452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13523/13523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13451/13451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13473/13473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13474/13474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13472/13472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13450/13450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13471/13471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13470/13470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13475/13475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13476/13476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13477/13477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13522/13522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13484/13484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13483/13483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13547/13547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13546/13546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13482/13482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13481/13481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13488/13488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13502/13502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13501/13501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13511/13511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13510/13510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13564/13564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13563/13563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13521/13521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13562/13562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13572/13572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13520/13520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13518/13518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13517/13517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13561/13561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13560/13560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13545/13545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13544/13544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13543/13543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13559/13559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13571/13571_texto_integral.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13570/13570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13583/13583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13582/13582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13542/13542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13581/13581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13569/13569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13558/13558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13577/13577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13557/13557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13568/13568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13567/13567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13566/13566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13565/13565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13603/13603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13604/13604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13580/13580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13602/13602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13601/13601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13617/13617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13628/13628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13629/13629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13636/13636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13600/13600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13616/13616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13623/13623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13615/13615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13614/13614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13660/13660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13630/13630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13631/13631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13687/13687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13701/13701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13661/13661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13645/13645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13688/13688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13689/13689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13690/13690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13680/13680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13679/13679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13678/13678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13677/13677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13691/13691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13676/13676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13675/13675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13673/13673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13674/13674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13671/13671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13705/13705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13706/13706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13765/13765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13730/13730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13729/13729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13728/13728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13740/13740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13727/13727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13726/13726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13833/13833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13832/13832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13739/13739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13764/13764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13828/13828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13738/13738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13766/13766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13772/13772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13773/13773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13781/13781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13767/13767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13792/13792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13768/13768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13769/13769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13770/13770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13782/13782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13784/13784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13794/13794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13793/13793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13802/13802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13803/13803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13797/13797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13798/13798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13796/13796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13804/13804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13800/13800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13819/13819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13820/13820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13821/13821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13825/13825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13824/13824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13823/13823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13801/13801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13809/13809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13807/13807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13822/13822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13831/13831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13830/13830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13829/13829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13848/13848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13849/13849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13847/13847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13846/13846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13852/13852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13851/13851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13856/13856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13855/13855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13854/13854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13869/13869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13870/13870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13929/13929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13928/13928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13927/13927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13935/13935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13936/13936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13871/13871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13874/13874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13873/13873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13907/13907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13906/13906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13905/13905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13914/13914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13937/13937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13915/13915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13932/13932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13938/13938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13913/13913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13931/13931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13930/13930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13939/13939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13940/13940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13920/13920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13921/13921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13945/13945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13944/13944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13970/13970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13976/13976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13977/13977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14012/14012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14011/14011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13245/13245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13244/13244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13247/13247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13246/13246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13262/13262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13263/13263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13527/13527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13327/13327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13342/13342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13343/13343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13416/13416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13375/13375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13374/13374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13529/13529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13373/13373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13506/13506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13412/13412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13441/13441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13505/13505_texto_integral.odt" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13486/13486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13528/13528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13783/13783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13700/13700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13585/13585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13584/13584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13627/13627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13625/13625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13626/13626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13642/13642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13641/13641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13640/13640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13639/13639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13638/13638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13637/13637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13761/13761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13760/13760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13699/13699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13698/13698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13759/13759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13697/13697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13758/13758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13757/13757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13756/13756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13755/13755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13754/13754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13763/13763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13753/13753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13762/13762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13752/13752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13751/13751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13750/13750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13749/13749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13748/13748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13745/13745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13746/13746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13747/13747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13683/13683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13682/13682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13743/13743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13744/13744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13702/13702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13696/13696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13695/13695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13842/13842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13741/13741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13811/13811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13972/13972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13839/13839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13818/13818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13971/13971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13840/13840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13838/13838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13841/13841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13956/13956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13974/13974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14010/14010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14009/14009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13241/13241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13243/13243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13242/13242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13238/13238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13240/13240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13239/13239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13237/13237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13277/13277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13293/13293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13296/13296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13292/13292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13295/13295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13294/13294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13322/13322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13307/13307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13324/13324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13321/13321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13323/13323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13325/13325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13340/13340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13341/13341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13353/13353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13356/13356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13364/13364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13377/13377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13376/13376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13408/13408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13407/13407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13414/13414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13413/13413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13415/13415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13434/13434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13432/13432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13433/13433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13462/13462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13463/13463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13485/13485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13494/13494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13526/13526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13525/13525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13535/13535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13536/13536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13643/13643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13644/13644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13681/13681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13694/13694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13693/13693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13720/13720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13719/13719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13718/13718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13771/13771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13799/13799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13806/13806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13872/13872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13908/13908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13875/13875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13876/13876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13917/13917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13918/13918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13923/13923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13909/13909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13910/13910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13922/13922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13926/13926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13941/13941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13947/13947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13957/13957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13978/13978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13979/13979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13980/13980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14013/14013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13552/13552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13396/13396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13397/13397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13409/13409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13654/13654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13808/13808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13961/13961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13993/13993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13229/13229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13344/13344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13964/13964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13312/13312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13279/13279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13280/13280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13228/13228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13313/13313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13314/13314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13297/13297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13315/13315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13316/13316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13281/13281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13590/13590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13370/13370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13591/13591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13592/13592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13317/13317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13593/13593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13368/13368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13369/13369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13351/13351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13399/13399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13646/13646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13457/13457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13575/13575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13458/13458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13459/13459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13495/13495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13455/13455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13576/13576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13574/13574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13548/13548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13594/13594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13647/13647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13648/13648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13649/13649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13650/13650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13651/13651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13684/13684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13652/13652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13653/13653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13685/13685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13708/13708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13709/13709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13711/13711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13712/13712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13710/13710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13742/13742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13715/13715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13716/13716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13714/13714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13785/13785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13813/13813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13788/13788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13816/13816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13815/13815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13850/13850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13857/13857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13858/13858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13859/13859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13860/13860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13861/13861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13862/13862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13834/13834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13835/13835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13836/13836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13837/13837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13912/13912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13864/13864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13865/13865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13949/13949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13950/13950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13965/13965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13951/13951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13952/13952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13953/13953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13988/13988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13963/13963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13966/13966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13967/13967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13989/13989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13987/13987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13233/13233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13232/13232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13253/13253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13298/13298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13319/13319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13332/13332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13348/13348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13347/13347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13352/13352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13349/13349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13359/13359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13360/13360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13358/13358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13372/13372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13357/13357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13362/13362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13361/13361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13456/13456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13363/13363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13398/13398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13395/13395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13400/13400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13454/13454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13460/13460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13461/13461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13503/13503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13487/13487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13430/13430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13504/13504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13587/13587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13496/13496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13507/13507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13551/13551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13588/13588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13595/13595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13589/13589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13634/13634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13633/13633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13662/13662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13663/13663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13707/13707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13774/13774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13713/13713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13775/13775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13776/13776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13717/13717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13955/13955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13777/13777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13812/13812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13843/13843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13844/13844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13853/13853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13878/13878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13954/13954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13959/13959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13960/13960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13990/13990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13996/13996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14006/14006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13310/13310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13410/13410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13431/13431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13427/13427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13428/13428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13429/13429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13596/13596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13613/13613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13655/13655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13664/13664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13669/13669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13778/13778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13826/13826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13934/13934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13948/13948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13991/13991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13271/13271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13287/13287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13270/13270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13269/13269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13268/13268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13286/13286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13267/13267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13266/13266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13265/13265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13264/13264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13285/13285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13284/13284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13283/13283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13304/13304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13318/13318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13305/13305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13306/13306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13299/13299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13308/13308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13394/13394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13337/13337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13338/13338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13333/13333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13354/13354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13418/13418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13392/13392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13381/13381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13382/13382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13383/13383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13384/13384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13385/13385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13389/13389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13386/13386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13387/13387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13388/13388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13390/13390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13391/13391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13406/13406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13417/13417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13438/13438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13437/13437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13435/13435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13436/13436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13449/13449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13448/13448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13447/13447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13468/13468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13469/13469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13467/13467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13466/13466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13465/13465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13446/13446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13445/13445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13444/13444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13443/13443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13442/13442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13464/13464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13499/13499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13498/13498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13490/13490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13480/13480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13491/13491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13492/13492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13493/13493_texto_integral.doc" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13500/13500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13497/13497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13509/13509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13516/13516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13515/13515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13541/13541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13556/13556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13555/13555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13554/13554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13540/13540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13539/13539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13538/13538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13537/13537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13553/13553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13599/13599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13598/13598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13597/13597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13622/13622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13621/13621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13620/13620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13619/13619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13618/13618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13624/13624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13692/13692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13686/13686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13672/13672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13704/13704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13703/13703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13732/13732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13725/13725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13724/13724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13723/13723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13722/13722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13737/13737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13721/13721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13736/13736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13735/13735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13734/13734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13733/13733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13780/13780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13779/13779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13805/13805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13795/13795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13810/13810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13868/13868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13919/13919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13916/13916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13933/13933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13946/13946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13943/13943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13924/13924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13925/13925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13975/13975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/14000/14000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13997/13997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13998/13998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13999/13999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13234/13234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13282/13282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolis.mg.leg.br/media/./sapl/public/materialegislativa/2012/13787/13787_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H773"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="64.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>