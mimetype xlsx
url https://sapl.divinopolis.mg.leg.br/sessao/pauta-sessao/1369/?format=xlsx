--- v0 (2025-10-29)
+++ v1 (2025-12-30)
@@ -124,51 +124,51 @@
   <si>
     <t>Aguardando Leitura no Expediente</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo Municipal nº 253 de 2025</t>
   </si>
   <si>
     <t>Matheus Dias</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição, no âmbito do Município de Divinópolis, da utilização de pessoas que estão sob o acolhimento em comunidades terapêuticas para efetuar vendas externas de produtos com intuito de arrecadar recursos financeiros, sob a alegação de fazer parte do tratamento.</t>
   </si>
   <si>
     <t>Emenda nº 46 de 2025</t>
   </si>
   <si>
     <t>Vitor Costa</t>
   </si>
   <si>
     <t>Emenda CM nº046/2025 ao Projeto de Lei EM nº 074/2025.</t>
   </si>
   <si>
     <t>Emenda nº 47 de 2025</t>
   </si>
   <si>
-    <t>Emenda CM nº047/2025 ao Projeto de Lei EM nº 073/2025.</t>
+    <t>Emenda CM nº 047/2025 ao Projeto de Lei EM nº 073/2025.</t>
   </si>
   <si>
     <t>Emenda nº 50 de 2025</t>
   </si>
   <si>
     <t>Ana Paula Quintino</t>
   </si>
   <si>
     <t>Emenda Impositiva nº CM 050/2025 ao Projeto de Lei nº EM 073/2025 - PPA</t>
   </si>
   <si>
     <t>Emenda nº 51 de 2025</t>
   </si>
   <si>
     <t>Emenda Impositiva nº CM 051/2025 ao Projeto de Lei nº EM 074/2025 - LOA</t>
   </si>
   <si>
     <t>Emenda nº 52 de 2025</t>
   </si>
   <si>
     <t>Emenda Impositiva nº CM 052/2025 ao Projeto de Lei nº EM 075/2025 - Subvenções</t>
   </si>
   <si>
     <t>Emenda nº 53 de 2025</t>
   </si>